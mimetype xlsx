--- v0 (2025-12-01)
+++ v1 (2026-01-26)
@@ -8893,51 +8893,51 @@
       </c>
       <c r="P117" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
         <v>606</v>
       </c>
       <c r="B118" t="s">
         <v>607</v>
       </c>
       <c r="C118" t="s">
         <v>82</v>
       </c>
       <c r="D118" t="s">
         <v>608</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>33</v>
       </c>
       <c r="G118" t="s">
-        <v>47</v>
+        <v>8</v>
       </c>
       <c r="H118">
         <v>2021</v>
       </c>
       <c r="I118">
         <v>2024</v>
       </c>
       <c r="J118" t="s">
         <v>609</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118" t="s">
         <v>610</v>
       </c>
       <c r="M118" t="s">
         <v>85</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
         <v>611</v>
       </c>