--- v0 (2025-11-05)
+++ v1 (2026-01-02)
@@ -1959,51 +1959,51 @@
       </c>
       <c r="P14" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>102</v>
       </c>
       <c r="B15" t="s">
         <v>103</v>
       </c>
       <c r="C15" t="s">
         <v>86</v>
       </c>
       <c r="D15" t="s">
         <v>104</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>53</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H15">
         <v>2021</v>
       </c>
       <c r="I15">
         <v>2024</v>
       </c>
       <c r="J15" t="s">
         <v>105</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>106</v>
       </c>
       <c r="M15" t="s">
         <v>89</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
         <v>107</v>
       </c>