--- v0 (2025-11-26)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -116,276 +116,234 @@
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
     <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
-[...2 lines deleted...]
-    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+    <t>MEPS for casement and window air-conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Compact Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>Samoa*</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.2:2010</t>
+  </si>
+  <si>
+    <t>Samoa Ministry of Finance</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-compact-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for Fluorescent Lamp Ballasts</t>
+  </si>
+  <si>
+    <t>This policy references AS/NZ 4783.2-2002, which specifies the classification, labeling, and minimum energy performance requirements for ballasts for linear fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>Lighting</t>
+  </si>
+  <si>
+    <t>AS/NZ 4783.1:2001</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamp-ballasts</t>
+  </si>
+  <si>
+    <t>MEPS for Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This policy specifies requirements for Minimum Energy Performance Standards (MEPS), maximum wattage and other requirements for incandescent lamps, both tungsten filament and tungsten halogen. This policy references standard AS 4934.2-2011.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>AS/NZS 4934.1-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-incandescent-lamps-0</t>
+  </si>
+  <si>
+    <t>MEPS for Linear Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.2:2004</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-linear-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>MEPS for Split Type Air-Conditioners (2025)</t>
+  </si>
+  <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
+  </si>
+  <si>
+    <t>MEPS for Televisions (2024/2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
+  </si>
+  <si>
+    <t>MEPS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
-  </si>
-[...166 lines deleted...]
-    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
     <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
 1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
 2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
     <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
   </si>
   <si>
@@ -587,50 +545,53 @@
     <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
     <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
     <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
     <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
     <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
     <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -952,70 +913,70 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P33"/>
+  <dimension ref="A1:P30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="651.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -1097,51 +1058,51 @@
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>37</v>
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
@@ -1190,1378 +1151,1236 @@
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>43</v>
       </c>
       <c r="B5" t="s">
         <v>44</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>45</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>34</v>
       </c>
-      <c r="H5">
+      <c r="H5"/>
+      <c r="I5">
         <v>2024</v>
       </c>
-      <c r="I5"/>
       <c r="J5" t="s">
         <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
       <c r="P5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>47</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>49</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="G6" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2022</v>
+      </c>
       <c r="J6" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
       <c r="M6" t="s">
         <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="P6" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="B7" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
         <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>57</v>
       </c>
       <c r="P7" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>59</v>
       </c>
       <c r="B8" t="s">
         <v>60</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>61</v>
       </c>
       <c r="D8" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="G8" t="s">
         <v>34</v>
       </c>
       <c r="H8">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>35</v>
+        <v>62</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8"/>
+      <c r="L8" t="s">
+        <v>63</v>
+      </c>
       <c r="M8" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="P8" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B9" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="C9" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D9" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="G9" t="s">
         <v>34</v>
       </c>
       <c r="H9">
         <v>2018</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="M9" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="P9" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C10" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="G10" t="s">
         <v>34</v>
       </c>
       <c r="H10">
         <v>2018</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M10" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P10" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C11" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11">
         <v>2018</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M11" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P11" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="G12" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I12"/>
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2025</v>
+      </c>
       <c r="J12" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12" t="s">
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
         <v>84</v>
       </c>
-      <c r="M12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P12" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B13" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H13">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
         <v>36</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="P13" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B14" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H14">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I14">
         <v>2025</v>
       </c>
+      <c r="I14"/>
       <c r="J14" t="s">
         <v>35</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>36</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="P14" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B15" t="s">
         <v>94</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H15">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>35</v>
+        <v>96</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P15" t="s">
-        <v>58</v>
+        <v>98</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B16" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="F16" t="s">
-        <v>54</v>
+        <v>103</v>
       </c>
       <c r="G16" t="s">
         <v>34</v>
       </c>
-      <c r="H16"/>
+      <c r="H16">
+        <v>2012</v>
+      </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>35</v>
+        <v>104</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>36</v>
+        <v>105</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="P16" t="s">
-        <v>62</v>
+        <v>107</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="B17" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>110</v>
       </c>
       <c r="E17" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="F17" t="s">
-        <v>54</v>
+        <v>103</v>
       </c>
       <c r="G17" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="H17"/>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>36</v>
+        <v>105</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="P17" t="s">
-        <v>62</v>
+        <v>113</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="B18" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="C18" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="F18" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="G18" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="H18"/>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>107</v>
+        <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>68</v>
+        <v>105</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="P18" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="B19" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="E19" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F19" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
       <c r="G19" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="H19"/>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>115</v>
+        <v>23</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="P19" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="B20" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="E20" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F20" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
       <c r="G20" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="P20" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="B21" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>127</v>
+        <v>87</v>
       </c>
       <c r="E21" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F21" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
       <c r="G21" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-      <c r="I21"/>
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21">
+        <v>2012</v>
+      </c>
       <c r="J21" t="s">
-        <v>23</v>
+        <v>104</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="P21" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B22" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="E22" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F22" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
       <c r="G22" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-      <c r="I22"/>
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22">
+        <v>2012</v>
+      </c>
       <c r="J22" t="s">
-        <v>23</v>
+        <v>104</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="P22" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B23" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="E23" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F23" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
       <c r="G23" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="H23"/>
+        <v>34</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>23</v>
+        <v>104</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="P23" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B24" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>99</v>
+        <v>145</v>
       </c>
       <c r="E24" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F24" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H24">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>115</v>
+        <v>96</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="P24" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B25" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="E25" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F25" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H25">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>115</v>
+        <v>96</v>
       </c>
       <c r="K25" t="s">
-        <v>24</v>
+        <v>151</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="P25" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="B26" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="E26" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F26" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
       <c r="G26" t="s">
         <v>34</v>
       </c>
       <c r="H26">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>115</v>
+        <v>96</v>
       </c>
       <c r="K26" t="s">
-        <v>24</v>
+        <v>157</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="P26" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="B27" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="E27" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F27" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
       <c r="G27" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H27">
+        <v>2012</v>
+      </c>
+      <c r="I27">
         <v>2017</v>
       </c>
-      <c r="I27"/>
       <c r="J27" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="P27" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B28" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="E28" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F28" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
       <c r="G28" t="s">
         <v>34</v>
       </c>
       <c r="H28">
         <v>2017</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
       <c r="K28" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="P28" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="B29" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="E29" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F29" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
       <c r="G29" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H29">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I29"/>
+        <v>2012</v>
+      </c>
+      <c r="I29">
+        <v>2012</v>
+      </c>
       <c r="J29" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="K29" t="s">
-        <v>168</v>
+        <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="P29" t="s">
-        <v>170</v>
+        <v>132</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="B30" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="E30" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F30" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H30">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I30">
         <v>2017</v>
       </c>
+      <c r="I30"/>
       <c r="J30" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
       <c r="K30" t="s">
-        <v>24</v>
+        <v>168</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="P30" t="s">
-        <v>175</v>
-[...31 lines deleted...]
-      <c r="K31" t="s">
         <v>179</v>
-      </c>
-[...105 lines deleted...]
-        <v>189</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">