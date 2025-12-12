--- v0 (2025-10-09)
+++ v1 (2025-12-12)
@@ -12,317 +12,389 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamp Ballasts</t>
   </si>
   <si>
+    <t>This policy references AS/NZ 4783.2-2002, which specifies the classification, labeling, and minimum energy performance requirements for ballasts for linear fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>AS/NZ 4783.1:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamp-ballasts</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
+    <t>This policy specifies requirements for Minimum Energy Performance Standards (MEPS), maximum wattage and other requirements for incandescent lamps, both tungsten filament and tungsten halogen. This policy references standard AS 4934.2-2011.</t>
+  </si>
+  <si>
     <t>AS/NZS 4934.1-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-incandescent-lamps-0</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
+  </si>
+  <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -586,649 +658,730 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="98" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="134" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="179.242" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
-        <v>23</v>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...83 lines deleted...]
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>38</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2018</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>42</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>42</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>40</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>42</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5">
+      <c r="D8" t="s">
+        <v>30</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>61</v>
+      </c>
+      <c r="G8" t="s">
+        <v>62</v>
+      </c>
+      <c r="H8">
+        <v>2005</v>
+      </c>
+      <c r="I8">
+        <v>2013</v>
+      </c>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>33</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>61</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>33</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>74</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>31</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>33</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>74</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>33</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>38</v>
+      </c>
+      <c r="D12" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>61</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2018</v>
       </c>
-      <c r="H5"/>
-[...12 lines deleted...]
-      <c r="M5" t="s">
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>63</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>42</v>
+      </c>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P12" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" t="s">
+        <v>91</v>
+      </c>
+      <c r="D13" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" t="s">
+        <v>93</v>
+      </c>
+      <c r="F13" t="s">
+        <v>74</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="N5" t="s">
-[...94 lines deleted...]
-      <c r="C8" t="s">
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>94</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>95</v>
+      </c>
+      <c r="M13" t="s">
+        <v>96</v>
+      </c>
+      <c r="N13" t="s">
         <v>25</v>
       </c>
-      <c r="D8" t="s">
-[...236 lines deleted...]
-        <v>75</v>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>