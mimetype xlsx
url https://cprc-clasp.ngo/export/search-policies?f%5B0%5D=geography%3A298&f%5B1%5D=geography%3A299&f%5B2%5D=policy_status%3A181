--- v0 (2025-11-26)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -146,429 +146,390 @@
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
     <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
-[...2 lines deleted...]
-    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+    <t>MEPS for casement and window air-conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Split Type Air-Conditioners (2025)</t>
+  </si>
+  <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
+  </si>
+  <si>
+    <t>MEPS for Televisions (2024/2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
+  </si>
+  <si>
+    <t>MEPS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
-[...50 lines deleted...]
-- “AEC” means Annual Energy Consumption.</t>
+    <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: CFLs</t>
+  </si>
+  <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Singapore Environment Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-cfls</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Hand Dryers</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>Entered into force</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-hand-dryers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-microwave-ovens</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Personal Computers</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-personal-computers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
+  </si>
+  <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
+    <t>Other-Electronics</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Televisions Sets</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-televisions-sets</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Coffee Machine</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
+    <t>Coffee Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-coffee-machine</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Dishwashers</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Electric Kettles</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-electric-kettles</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
+  </si>
+  <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Electricity, Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: LEDs</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
+    <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-leds</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
+    <t>Small-Solar Powered Electronics</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
-  </si>
-[...265 lines deleted...]
-    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
     <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
     <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -890,70 +851,70 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P29"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="651.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -1083,51 +1044,51 @@
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>32</v>
       </c>
       <c r="D4" t="s">
         <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>43</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>45</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>46</v>
       </c>
       <c r="P4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>48</v>
@@ -1176,1140 +1137,998 @@
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>52</v>
       </c>
       <c r="B6" t="s">
         <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>43</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="H6">
+      <c r="H6"/>
+      <c r="I6">
         <v>2024</v>
       </c>
-      <c r="I6"/>
       <c r="J6" t="s">
         <v>44</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>45</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>55</v>
       </c>
       <c r="P6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>43</v>
+        <v>59</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I7"/>
+        <v>2011</v>
+      </c>
+      <c r="I7">
+        <v>2022</v>
+      </c>
       <c r="J7" t="s">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7"/>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
       <c r="M7" t="s">
         <v>45</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="P7" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="G8" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H8">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
         <v>45</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>66</v>
       </c>
       <c r="P8" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>68</v>
       </c>
       <c r="B9" t="s">
         <v>69</v>
       </c>
       <c r="C9" t="s">
         <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
         <v>2025</v>
       </c>
-      <c r="I9"/>
       <c r="J9" t="s">
         <v>44</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>45</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>70</v>
       </c>
       <c r="P9" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
         <v>72</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="G10" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H10">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="L10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
         <v>45</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="P10" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>75</v>
+      </c>
+      <c r="B11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
         <v>77</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="G11" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H11">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I11">
         <v>2025</v>
       </c>
+      <c r="I11"/>
       <c r="J11" t="s">
         <v>44</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>45</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="P11" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
         <v>80</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
         <v>81</v>
       </c>
-      <c r="C12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>82</v>
       </c>
       <c r="F12" t="s">
-        <v>63</v>
+        <v>83</v>
       </c>
       <c r="G12" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="P12" t="s">
-        <v>67</v>
+        <v>87</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>90</v>
+      </c>
+      <c r="E13" t="s">
+        <v>82</v>
+      </c>
+      <c r="F13" t="s">
         <v>83</v>
       </c>
-      <c r="B13" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="H13"/>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="P13" t="s">
-        <v>71</v>
+        <v>93</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="B14" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>58</v>
+        <v>96</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>82</v>
       </c>
       <c r="F14" t="s">
-        <v>63</v>
+        <v>83</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="H14"/>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="P14" t="s">
-        <v>71</v>
+        <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>101</v>
+      </c>
+      <c r="E15" t="s">
+        <v>82</v>
+      </c>
+      <c r="F15" t="s">
+        <v>83</v>
+      </c>
+      <c r="G15" t="s">
         <v>91</v>
       </c>
-      <c r="C15" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="H15"/>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>95</v>
+        <v>35</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="P15" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B16" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C16" t="s">
         <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="E16" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="F16" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="G16" t="s">
-        <v>102</v>
+        <v>91</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>35</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="P16" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B17" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C17" t="s">
         <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="E17" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="F17" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="G17" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-      <c r="I17"/>
+        <v>34</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17">
+        <v>2012</v>
+      </c>
       <c r="J17" t="s">
-        <v>35</v>
+        <v>84</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="P17" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B18" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C18" t="s">
         <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="E18" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="F18" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="G18" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-      <c r="I18"/>
+        <v>34</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
       <c r="J18" t="s">
-        <v>35</v>
+        <v>84</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="P18" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B19" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C19" t="s">
         <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="E19" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="F19" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="G19" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="H19"/>
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>35</v>
+        <v>84</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="P19" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B20" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C20" t="s">
         <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>85</v>
+        <v>125</v>
       </c>
       <c r="E20" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="F20" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="G20" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>95</v>
+        <v>23</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="P20" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B21" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C21" t="s">
         <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="E21" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="F21" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="G21" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>95</v>
+        <v>23</v>
       </c>
       <c r="K21" t="s">
-        <v>24</v>
+        <v>131</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="P21" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="B22" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="C22" t="s">
         <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="E22" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="F22" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>95</v>
+        <v>23</v>
       </c>
       <c r="K22" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="P22" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="B23" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="C23" t="s">
         <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="E23" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="F23" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23">
         <v>2017</v>
       </c>
-      <c r="I23"/>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="P23" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="B24" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="C24" t="s">
         <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="E24" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="F24" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2017</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>23</v>
       </c>
       <c r="K24" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="P24" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="B25" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="C25" t="s">
         <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="E25" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="F25" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H25">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>2012</v>
+      </c>
+      <c r="I25">
+        <v>2012</v>
+      </c>
       <c r="J25" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="K25" t="s">
-        <v>148</v>
+        <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="P25" t="s">
-        <v>150</v>
+        <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B26" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C26" t="s">
         <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="E26" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="F26" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="G26" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I26">
         <v>2017</v>
       </c>
+      <c r="I26"/>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26" t="s">
-        <v>24</v>
+        <v>148</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="P26" t="s">
-        <v>155</v>
-[...31 lines deleted...]
-      <c r="K27" t="s">
         <v>159</v>
-      </c>
-[...105 lines deleted...]
-        <v>169</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">