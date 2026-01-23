--- v0 (2025-11-27)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -248,75 +248,78 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
   </si>
   <si>
     <t>Greenmark N54 - Natural-Convection Solar Water Heater</t>
   </si>
   <si>
     <t>Applies to solar water heaters operating based on natural convection principle; including both the direct and indirect heating types.   -Based on the test conditions and method stated in the latest version of the Chinese National Standard the product shall have a measured energy efficiency equals to or greater than 55 percent;    -For the indirect-heating type product the heating medium and insulation material and their manufacturing process shall not contain or use substances promulgated and controlled by the Environmental Protection Administration of the Executive Yuan.    In addition the heating medium shall not contain halogenated organic compounds and the insulation material shall not contain substances controlled by the Montreal Protocol.</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Chinese National Standard, the product shall have a measured energy efficiency equals to or greater than 55%</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n54-natural-convection-solar-water-heater</t>
   </si>
   <si>
     <t>https://greenliving.epa.gov.tw/GreenLife/green-life/file/CriteriaNoPDF/54.pdf</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
@@ -1277,302 +1280,302 @@
       </c>
       <c r="P11" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>78</v>
       </c>
       <c r="B12" t="s">
         <v>79</v>
       </c>
       <c r="C12" t="s">
         <v>80</v>
       </c>
       <c r="D12" t="s">
         <v>81</v>
       </c>
       <c r="E12" t="s">
         <v>82</v>
       </c>
       <c r="F12" t="s">
         <v>83</v>
       </c>
       <c r="G12" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="H12">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C13" t="s">
         <v>80</v>
       </c>
       <c r="D13" t="s">
         <v>81</v>
       </c>
       <c r="E13" t="s">
         <v>82</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>46</v>
       </c>
       <c r="H13">
         <v>2025</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B14"/>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>82</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>46</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>33</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>82</v>
       </c>
       <c r="F15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G15" t="s">
         <v>46</v>
       </c>
       <c r="H15">
         <v>2015</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B16" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>45</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>83</v>
       </c>
       <c r="G16" t="s">
         <v>46</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
         <v>47</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B17" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C17" t="s">
         <v>80</v>
       </c>
       <c r="D17" t="s">
         <v>19</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>32</v>
       </c>
       <c r="G17" t="s">
         <v>46</v>
       </c>
       <c r="H17">
         <v>2017</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K17" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="P17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">