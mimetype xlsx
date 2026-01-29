--- v0 (2025-12-13)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -122,78 +122,81 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
   </si>
   <si>
     <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
   </si>
   <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
     <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
   </si>
@@ -719,166 +722,166 @@
       </c>
       <c r="P3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>39</v>
       </c>
       <c r="E4" t="s">
         <v>40</v>
       </c>
       <c r="F4" t="s">
         <v>41</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H4">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="K4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>38</v>
       </c>
       <c r="D5" t="s">
         <v>39</v>
       </c>
       <c r="E5" t="s">
         <v>40</v>
       </c>
       <c r="F5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2025</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="K5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>41</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2013</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">