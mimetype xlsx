--- v0 (2025-12-14)
+++ v1 (2026-01-29)
@@ -149,74 +149,74 @@
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
     <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
   </si>