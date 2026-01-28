--- v0 (2025-12-13)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -254,69 +254,72 @@
   <si>
     <t>Greenmark N22 - Energy Saving Fluorescent Lamps</t>
   </si>
   <si>
     <t>Products shall meet the definition of CNS 14576 for compact fluorescent lamps or the definition of CNS 14125 for fluorescent lamps with embedded ballasts. Product characteristics: - The products energy efficiency shall meet the Energy Efficiency and Labeling Requirements for Compact Fluorescent Lamps or the Energy Efficiency and Labeling Requirements for Fluorescent Lamps with Embedded Ballasts of the Energy Labeling Program Bureau of Energy Ministry of Economic Affairs. - The products average Color Rendering Index -CRI; shall be equal to or greater than 80. - The products 1000-hr lumen maintenance ratio shall be greater than 90 percent. - The products content of mercury shall be below the regulatory limit.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n22-energy-saving-fluorescent-lamps</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/22/9e3cecb0-7cf3-4a18-9de0-1b0bfd83e70b.pdf</t>
   </si>
   <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
     <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
   </si>
   <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
@@ -1295,546 +1298,546 @@
       </c>
       <c r="P10" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>76</v>
       </c>
       <c r="B11" t="s">
         <v>77</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>78</v>
       </c>
       <c r="E11" t="s">
         <v>34</v>
       </c>
       <c r="F11" t="s">
         <v>79</v>
       </c>
       <c r="G11" t="s">
-        <v>8</v>
+        <v>80</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
       <c r="I11">
         <v>2019</v>
       </c>
       <c r="J11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>78</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
       </c>
       <c r="F12" t="s">
         <v>79</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
       <c r="I12">
         <v>2024</v>
       </c>
       <c r="J12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>8</v>
+        <v>80</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
       <c r="I13">
         <v>2019</v>
       </c>
       <c r="J13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M13" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="P13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B14" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>78</v>
       </c>
       <c r="E14" t="s">
         <v>34</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>8</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14">
         <v>2024</v>
       </c>
       <c r="J14" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P14" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B15"/>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>34</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2010</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>37</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B16"/>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>19</v>
       </c>
       <c r="E16" t="s">
         <v>34</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>37</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P16" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B17"/>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E17" t="s">
         <v>34</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2010</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>37</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P17" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B18" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>19</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>36</v>
       </c>
       <c r="H18">
         <v>2010</v>
       </c>
       <c r="I18">
         <v>2017</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P18" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B19" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
         <v>19</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2010</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B20" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C20" t="s">
         <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>44</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P20" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B21" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C21" t="s">
         <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>44</v>
       </c>
       <c r="G21" t="s">
         <v>36</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
       <c r="I21">
         <v>2017</v>
       </c>
       <c r="J21" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P21" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">