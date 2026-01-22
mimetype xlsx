--- v0 (2025-11-26)
+++ v1 (2026-01-22)
@@ -104,70 +104,70 @@
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
     <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>