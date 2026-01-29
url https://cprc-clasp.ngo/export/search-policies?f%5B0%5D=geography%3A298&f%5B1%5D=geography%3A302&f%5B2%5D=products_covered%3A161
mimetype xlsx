--- v0 (2025-11-26)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -152,66 +152,69 @@
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
     <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
@@ -814,362 +817,362 @@
       </c>
       <c r="P3" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>42</v>
       </c>
       <c r="B4" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>44</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4" t="s">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="H4">
         <v>2015</v>
       </c>
       <c r="I4">
         <v>2019</v>
       </c>
       <c r="J4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>44</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>35</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
       <c r="I5">
         <v>2024</v>
       </c>
       <c r="J5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G6" t="s">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="H6">
         <v>2015</v>
       </c>
       <c r="I6">
         <v>2019</v>
       </c>
       <c r="J6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>44</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G7" t="s">
         <v>8</v>
       </c>
       <c r="H7">
         <v>2015</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>34</v>
       </c>
       <c r="F8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G8" t="s">
         <v>36</v>
       </c>
       <c r="H8">
         <v>2013</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>37</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>39</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P8" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E9" t="s">
         <v>34</v>
       </c>
       <c r="F9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G9" t="s">
         <v>36</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
       <c r="I10">
         <v>2017</v>
       </c>
       <c r="J10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">