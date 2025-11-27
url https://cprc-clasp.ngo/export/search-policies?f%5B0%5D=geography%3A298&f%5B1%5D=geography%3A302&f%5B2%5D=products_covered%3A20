--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -12,325 +12,398 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>MELS for Casement and Window Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for casement and window air-conditioners up to 8.8kW.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+  </si>
+  <si>
+    <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
+Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
+where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
+            B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
+            C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
+            D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
+  </si>
+  <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -594,653 +667,734 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="129" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="496.593" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="129.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>38</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2014</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5">
+        <v>2024</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>48</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>67</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2022</v>
+      </c>
+      <c r="J8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>48</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>67</v>
+      </c>
+      <c r="G9" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9">
+        <v>2024</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>54</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>48</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>67</v>
+      </c>
+      <c r="G10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2022</v>
+      </c>
+      <c r="J10" t="s">
+        <v>46</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>48</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>67</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2025</v>
+      </c>
+      <c r="J11" t="s">
+        <v>54</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>48</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>62</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>67</v>
+      </c>
+      <c r="G12" t="s">
+        <v>45</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>46</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>84</v>
+      </c>
+      <c r="M12" t="s">
+        <v>48</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>85</v>
+      </c>
+      <c r="P12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>86</v>
+      </c>
+      <c r="B13" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F13" t="s">
+        <v>67</v>
+      </c>
+      <c r="G13" t="s">
+        <v>36</v>
+      </c>
+      <c r="H13">
         <v>2013</v>
       </c>
-      <c r="H3"/>
-[...10 lines deleted...]
-      <c r="M3" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>37</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...34 lines deleted...]
-      <c r="K4" t="s">
+      <c r="L13"/>
+      <c r="M13" t="s">
         <v>39</v>
       </c>
-      <c r="L4" t="s">
-[...5 lines deleted...]
-      <c r="N4" t="s">
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>88</v>
+      </c>
+      <c r="P13" t="s">
         <v>41</v>
-      </c>
-[...376 lines deleted...]
-        <v>69</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>