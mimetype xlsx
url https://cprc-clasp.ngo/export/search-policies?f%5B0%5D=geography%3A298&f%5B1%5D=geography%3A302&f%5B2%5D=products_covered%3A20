--- v1 (2025-11-27)
+++ v2 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -264,97 +264,100 @@
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
     <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -907,54 +910,54 @@
         <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>51</v>
       </c>
       <c r="B5" t="s">
         <v>52</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>35</v>
       </c>
       <c r="G5" t="s">
         <v>36</v>
       </c>
-      <c r="H5">
+      <c r="H5"/>
+      <c r="I5">
         <v>2024</v>
       </c>
-      <c r="I5"/>
       <c r="J5" t="s">
         <v>54</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>48</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>55</v>
       </c>
       <c r="P5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>56</v>
       </c>
       <c r="B6" t="s">
@@ -1145,217 +1148,217 @@
       </c>
       <c r="P9" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>75</v>
       </c>
       <c r="B10" t="s">
         <v>76</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>44</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>67</v>
       </c>
       <c r="G10" t="s">
-        <v>8</v>
+        <v>77</v>
       </c>
       <c r="H10">
         <v>2011</v>
       </c>
       <c r="I10">
         <v>2022</v>
       </c>
       <c r="J10" t="s">
         <v>46</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M10" t="s">
         <v>48</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P10" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>44</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>67</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2011</v>
       </c>
       <c r="I11">
         <v>2025</v>
       </c>
       <c r="J11" t="s">
         <v>54</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>48</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P11" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>62</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>67</v>
       </c>
       <c r="G12" t="s">
         <v>45</v>
       </c>
       <c r="H12">
         <v>2021</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>46</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M12" t="s">
         <v>48</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P12" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>67</v>
       </c>
       <c r="G13" t="s">
         <v>36</v>
       </c>
       <c r="H13">
         <v>2013</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>37</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>39</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P13" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>