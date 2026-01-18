--- v0 (2025-11-15)
+++ v1 (2026-01-18)
@@ -188,80 +188,80 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-3-phase-motor</t>
   </si>
   <si>
     <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
   </si>
   <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
     <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
     <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
     <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
   </si>