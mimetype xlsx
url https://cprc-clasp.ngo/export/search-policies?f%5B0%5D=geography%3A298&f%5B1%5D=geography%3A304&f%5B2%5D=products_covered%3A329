--- v0 (2025-11-26)
+++ v1 (2026-01-26)
@@ -62,84 +62,84 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
     <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
   </si>
@@ -596,51 +596,51 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>