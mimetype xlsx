--- v0 (2025-11-15)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="241">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -205,75 +205,78 @@
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -322,60 +325,60 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
   </si>
@@ -426,156 +429,156 @@
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
     <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
 No policy link available.</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
@@ -1452,1863 +1455,1865 @@
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>56</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>58</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>44</v>
       </c>
       <c r="G6" t="s">
         <v>35</v>
       </c>
       <c r="H6">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>59</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>48</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>60</v>
       </c>
       <c r="P6" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>61</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>63</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>44</v>
       </c>
       <c r="G7" t="s">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="H7">
         <v>2015</v>
       </c>
       <c r="I7">
         <v>2019</v>
       </c>
       <c r="J7" t="s">
         <v>46</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>48</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P7" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>63</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>44</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2015</v>
       </c>
       <c r="I8">
         <v>2024</v>
       </c>
       <c r="J8" t="s">
         <v>59</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>48</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>44</v>
       </c>
       <c r="G9" t="s">
         <v>35</v>
       </c>
-      <c r="H9">
+      <c r="H9"/>
+      <c r="I9">
         <v>2024</v>
       </c>
-      <c r="I9"/>
       <c r="J9" t="s">
         <v>59</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>48</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P9" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>44</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
       <c r="H10">
         <v>2008</v>
       </c>
       <c r="I10">
         <v>2014</v>
       </c>
       <c r="J10" t="s">
         <v>46</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M10" t="s">
         <v>48</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P10" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>43</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>44</v>
       </c>
       <c r="G11" t="s">
         <v>8</v>
       </c>
       <c r="H11">
         <v>2008</v>
       </c>
       <c r="I11">
         <v>2014</v>
       </c>
       <c r="J11" t="s">
         <v>46</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M11" t="s">
         <v>48</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P11" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>44</v>
       </c>
       <c r="G12" t="s">
         <v>45</v>
       </c>
       <c r="H12">
         <v>2014</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>46</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M12" t="s">
         <v>48</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P12" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>44</v>
       </c>
       <c r="G13" t="s">
         <v>45</v>
       </c>
       <c r="H13">
         <v>2021</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>46</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M13" t="s">
         <v>48</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P13" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B14" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>44</v>
       </c>
       <c r="G14" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="H14">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>59</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>48</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P14" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>43</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2011</v>
       </c>
       <c r="I15">
         <v>2022</v>
       </c>
       <c r="J15" t="s">
         <v>46</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M15" t="s">
         <v>48</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>53</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G16" t="s">
         <v>8</v>
       </c>
       <c r="H16">
         <v>2014</v>
       </c>
       <c r="I16">
         <v>2022</v>
       </c>
       <c r="J16" t="s">
         <v>46</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M16" t="s">
         <v>48</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P16" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>58</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G17" t="s">
         <v>35</v>
       </c>
       <c r="H17">
         <v>2025</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>59</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>48</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="P17" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B18" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G18" t="s">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="H18">
         <v>2015</v>
       </c>
       <c r="I18">
         <v>2019</v>
       </c>
       <c r="J18" t="s">
         <v>46</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M18" t="s">
         <v>48</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P18" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B19" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
         <v>63</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G19" t="s">
         <v>8</v>
       </c>
       <c r="H19">
         <v>2015</v>
       </c>
       <c r="I19">
         <v>2024</v>
       </c>
       <c r="J19" t="s">
         <v>59</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>48</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P19" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B20" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G20" t="s">
         <v>45</v>
       </c>
       <c r="H20">
         <v>2024</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>59</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>48</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P20" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B21" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H21">
         <v>2011</v>
       </c>
       <c r="I21">
         <v>2022</v>
       </c>
       <c r="J21" t="s">
         <v>46</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M21" t="s">
         <v>48</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P21" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B22" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H22">
         <v>2011</v>
       </c>
       <c r="I22">
         <v>2025</v>
       </c>
       <c r="J22" t="s">
         <v>59</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>48</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P22" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B23" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
         <v>43</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G23" t="s">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="H23">
         <v>2011</v>
       </c>
       <c r="I23">
         <v>2022</v>
       </c>
       <c r="J23" t="s">
         <v>46</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="M23" t="s">
         <v>48</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P23" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B24" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
         <v>43</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2011</v>
       </c>
       <c r="I24">
         <v>2025</v>
       </c>
       <c r="J24" t="s">
         <v>59</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>48</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P24" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B25" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G25" t="s">
         <v>35</v>
       </c>
-      <c r="H25"/>
+      <c r="H25">
+        <v>2024</v>
+      </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>59</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>48</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P25" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B26" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G26" t="s">
         <v>45</v>
       </c>
       <c r="H26">
         <v>2018</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>46</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="M26" t="s">
         <v>48</v>
       </c>
       <c r="N26" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="O26" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="P26" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B27" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G27" t="s">
         <v>45</v>
       </c>
       <c r="H27">
         <v>2021</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>46</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="M27" t="s">
         <v>48</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="P27" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B28" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G28" t="s">
         <v>35</v>
       </c>
       <c r="H28">
         <v>2025</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>59</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>48</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="P28" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B29" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D29" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E29" t="s">
         <v>34</v>
       </c>
       <c r="F29" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G29" t="s">
         <v>35</v>
       </c>
       <c r="H29">
         <v>2021</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="K29" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="L29" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M29" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="N29" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="O29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P29"/>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E30" t="s">
         <v>34</v>
       </c>
       <c r="F30" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G30" t="s">
         <v>35</v>
       </c>
       <c r="H30">
         <v>2012</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="P30" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B31" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E31" t="s">
         <v>34</v>
       </c>
       <c r="F31" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G31" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H31"/>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>23</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P31" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B32" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E32" t="s">
         <v>34</v>
       </c>
       <c r="F32" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G32" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H32"/>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>23</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P32" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B33" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E33" t="s">
         <v>34</v>
       </c>
       <c r="F33" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G33" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H33"/>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>23</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="P33" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B34" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E34" t="s">
         <v>34</v>
       </c>
       <c r="F34" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G34" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H34"/>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>23</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P34" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B35" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E35" t="s">
         <v>34</v>
       </c>
       <c r="F35" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2012</v>
       </c>
       <c r="I35">
         <v>2012</v>
       </c>
       <c r="J35" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="P35" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B36" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E36" t="s">
         <v>34</v>
       </c>
       <c r="F36" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2012</v>
       </c>
       <c r="I36">
         <v>2012</v>
       </c>
       <c r="J36" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P36" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B37" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E37" t="s">
         <v>34</v>
       </c>
       <c r="F37" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G37" t="s">
         <v>35</v>
       </c>
       <c r="H37">
         <v>2013</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P37" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B38" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E38" t="s">
         <v>34</v>
       </c>
       <c r="F38" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G38" t="s">
         <v>35</v>
       </c>
       <c r="H38">
         <v>2017</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P38" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B39" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E39" t="s">
         <v>34</v>
       </c>
       <c r="F39" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G39" t="s">
         <v>35</v>
       </c>
       <c r="H39">
         <v>2017</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K39" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="P39" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B40" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E40" t="s">
         <v>34</v>
       </c>
       <c r="F40" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G40" t="s">
         <v>35</v>
       </c>
       <c r="H40">
         <v>2017</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K40" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="P40" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B41" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E41" t="s">
         <v>34</v>
       </c>
       <c r="F41" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
       <c r="I41">
         <v>2017</v>
       </c>
       <c r="J41" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P41" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B42" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E42" t="s">
         <v>34</v>
       </c>
       <c r="F42" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G42" t="s">
         <v>35</v>
       </c>
       <c r="H42">
         <v>2017</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K42" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P42" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B43" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E43" t="s">
         <v>34</v>
       </c>
       <c r="F43" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2012</v>
       </c>
       <c r="I43">
         <v>2012</v>
       </c>
       <c r="J43" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="P43" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B44" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E44" t="s">
         <v>34</v>
       </c>
       <c r="F44" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G44" t="s">
         <v>35</v>
       </c>
       <c r="H44">
         <v>2017</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K44" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P44" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">