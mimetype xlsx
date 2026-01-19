--- v0 (2025-11-26)
+++ v1 (2026-01-19)
@@ -159,63 +159,63 @@
     <t>Comparative Label</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for the following products:
 - Refrigerators without a freezer up to 900L
 - Refrigerators with a freezer up to 300L
 - Refrigerators with a freezer &gt; 300L to 900L
 - Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
@@ -239,134 +239,134 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
     <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
@@ -1224,99 +1224,99 @@
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>47</v>
       </c>
       <c r="B5" t="s">
         <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>38</v>
       </c>
       <c r="D5" t="s">
         <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>40</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>50</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>44</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>51</v>
       </c>
       <c r="P5" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>52</v>
       </c>
       <c r="B6" t="s">
         <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>38</v>
       </c>
       <c r="D6" t="s">
         <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>40</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="H6">
+      <c r="H6"/>
+      <c r="I6">
         <v>2024</v>
       </c>
-      <c r="I6"/>
       <c r="J6" t="s">
         <v>50</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>44</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
         <v>55</v>
       </c>
       <c r="P6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
@@ -1459,54 +1459,54 @@
       </c>
       <c r="P9" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>71</v>
       </c>
       <c r="B10" t="s">
         <v>72</v>
       </c>
       <c r="C10" t="s">
         <v>38</v>
       </c>
       <c r="D10" t="s">
         <v>73</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>40</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H10">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>50</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>44</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
         <v>74</v>
       </c>
       <c r="P10" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>75</v>
@@ -1599,51 +1599,53 @@
         <v>78</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>82</v>
       </c>
       <c r="B13" t="s">
         <v>83</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>63</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="H13"/>
+      <c r="H13">
+        <v>2024</v>
+      </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>50</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>44</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
         <v>84</v>
       </c>
       <c r="P13" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>85</v>
       </c>