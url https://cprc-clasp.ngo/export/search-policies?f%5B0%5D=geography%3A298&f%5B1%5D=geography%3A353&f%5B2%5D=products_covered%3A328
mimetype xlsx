--- v0 (2025-11-09)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -232,69 +232,72 @@
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1046,123 +1049,123 @@
       </c>
       <c r="P8" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
         <v>67</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>34</v>
       </c>
       <c r="G9" t="s">
-        <v>8</v>
+        <v>68</v>
       </c>
       <c r="H9">
         <v>2011</v>
       </c>
       <c r="I9">
         <v>2022</v>
       </c>
       <c r="J9" t="s">
         <v>52</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M9" t="s">
         <v>54</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P9" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2011</v>
       </c>
       <c r="I10">
         <v>2025</v>
       </c>
       <c r="J10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>54</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P10" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>