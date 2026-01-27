--- v0 (2025-11-26)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -254,66 +254,69 @@
   <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
     <t>Sensor Lighting Equipment</t>
   </si>
   <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
     <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
     <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
@@ -1376,514 +1379,514 @@
       </c>
       <c r="P12" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>76</v>
       </c>
       <c r="B13" t="s">
         <v>77</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>78</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
-        <v>8</v>
+        <v>79</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
       <c r="I13">
         <v>2019</v>
       </c>
       <c r="J13" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B14" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>78</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14">
         <v>2024</v>
       </c>
       <c r="J14" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P14" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C15" t="s">
         <v>32</v>
       </c>
       <c r="D15" t="s">
         <v>63</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>1994</v>
       </c>
       <c r="I15">
         <v>2003</v>
       </c>
       <c r="J15" t="s">
         <v>64</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>65</v>
       </c>
       <c r="M15" t="s">
         <v>36</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B16" t="s">
         <v>31</v>
       </c>
       <c r="C16" t="s">
         <v>32</v>
       </c>
       <c r="D16" t="s">
         <v>78</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1994</v>
       </c>
       <c r="I16">
         <v>2003</v>
       </c>
       <c r="J16" t="s">
         <v>35</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>36</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P16" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C17" t="s">
         <v>32</v>
       </c>
       <c r="D17" t="s">
         <v>63</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>1994</v>
       </c>
       <c r="I17">
         <v>2004</v>
       </c>
       <c r="J17" t="s">
         <v>64</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M17" t="s">
         <v>36</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P17" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B18" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G18" t="s">
-        <v>8</v>
+        <v>79</v>
       </c>
       <c r="H18">
         <v>2015</v>
       </c>
       <c r="I18">
         <v>2019</v>
       </c>
       <c r="J18" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M18" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P18" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B19" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
         <v>78</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G19" t="s">
         <v>8</v>
       </c>
       <c r="H19">
         <v>2015</v>
       </c>
       <c r="I19">
         <v>2024</v>
       </c>
       <c r="J19" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P19" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B20" t="s">
         <v>40</v>
       </c>
       <c r="C20" t="s">
         <v>32</v>
       </c>
       <c r="D20" t="s">
         <v>41</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2009</v>
       </c>
       <c r="I20">
         <v>2014</v>
       </c>
       <c r="J20" t="s">
         <v>35</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
         <v>42</v>
       </c>
       <c r="M20" t="s">
         <v>36</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P20" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B21" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E21" t="s">
         <v>49</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>64</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P21" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E22" t="s">
         <v>49</v>
       </c>
       <c r="F22" t="s">
         <v>50</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
       <c r="I22">
         <v>2017</v>
       </c>
       <c r="J22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P22" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">