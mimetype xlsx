--- v0 (2025-11-26)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -234,97 +234,100 @@
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
     <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
   </si>
   <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
@@ -852,54 +855,54 @@
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
         <v>43</v>
       </c>
-      <c r="H4">
+      <c r="H4"/>
+      <c r="I4">
         <v>2024</v>
       </c>
-      <c r="I4"/>
       <c r="J4" t="s">
         <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>45</v>
       </c>
       <c r="P4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>46</v>
       </c>
       <c r="B5" t="s">
@@ -1090,222 +1093,222 @@
       </c>
       <c r="P8" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>65</v>
       </c>
       <c r="B9" t="s">
         <v>66</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>57</v>
       </c>
       <c r="G9" t="s">
-        <v>8</v>
+        <v>67</v>
       </c>
       <c r="H9">
         <v>2011</v>
       </c>
       <c r="I9">
         <v>2022</v>
       </c>
       <c r="J9" t="s">
         <v>35</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M9" t="s">
         <v>37</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P9" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>57</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2011</v>
       </c>
       <c r="I10">
         <v>2025</v>
       </c>
       <c r="J10" t="s">
         <v>44</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>37</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P10" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B11" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>52</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>57</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11">
         <v>2021</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>35</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M11" t="s">
         <v>37</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P11" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>43</v>
       </c>
       <c r="H12">
         <v>2016</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">