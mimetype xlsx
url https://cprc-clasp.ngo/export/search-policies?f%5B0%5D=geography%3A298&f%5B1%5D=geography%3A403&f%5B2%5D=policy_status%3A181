--- v0 (2025-11-26)
+++ v1 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="269">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -482,420 +482,381 @@
   <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
   </si>
   <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
     <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
-[...2 lines deleted...]
-    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+    <t>MEPS for casement and window air-conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Split Type Air-Conditioners (2025)</t>
+  </si>
+  <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
+  </si>
+  <si>
+    <t>MEPS for Televisions (2024/2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
+  </si>
+  <si>
+    <t>MEPS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
-[...44 lines deleted...]
-- “AEC” means Annual Energy Consumption.</t>
+    <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: CFLs</t>
+  </si>
+  <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Singapore Environment Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-cfls</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Hand Dryers</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>Entered into force</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-hand-dryers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-microwave-ovens</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Personal Computers</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-personal-computers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
+  </si>
+  <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
+    <t>Other-Electronics</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Televisions Sets</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-televisions-sets</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Coffee Machine</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
+    <t>Coffee Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-coffee-machine</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Dishwashers</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Electric Kettles</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-electric-kettles</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
+  </si>
+  <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Electricity, Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: LEDs</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
+    <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-leds</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
+    <t>Small-Solar Powered Electronics</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
-  </si>
-[...265 lines deleted...]
-    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
     <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
     <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1217,70 +1178,70 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P49"/>
+  <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="242.941" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="651.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -2410,51 +2371,51 @@
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>152</v>
       </c>
       <c r="B24" t="s">
         <v>153</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
         <v>154</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>43</v>
       </c>
       <c r="G24" t="s">
         <v>155</v>
       </c>
       <c r="H24">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>156</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>157</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>158</v>
       </c>
       <c r="P24" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>160</v>
@@ -2503,1140 +2464,998 @@
         <v>159</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>163</v>
       </c>
       <c r="B26" t="s">
         <v>164</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
         <v>165</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>43</v>
       </c>
       <c r="G26" t="s">
         <v>155</v>
       </c>
-      <c r="H26">
+      <c r="H26"/>
+      <c r="I26">
         <v>2024</v>
       </c>
-      <c r="I26"/>
       <c r="J26" t="s">
         <v>156</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>157</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>166</v>
       </c>
       <c r="P26" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>167</v>
       </c>
       <c r="B27" t="s">
         <v>168</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>169</v>
+        <v>116</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="G27" t="s">
-        <v>155</v>
+        <v>22</v>
       </c>
       <c r="H27">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I27"/>
+        <v>2011</v>
+      </c>
+      <c r="I27">
+        <v>2022</v>
+      </c>
       <c r="J27" t="s">
-        <v>156</v>
+        <v>169</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27"/>
+      <c r="L27" t="s">
+        <v>170</v>
+      </c>
       <c r="M27" t="s">
         <v>157</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P27" t="s">
-        <v>159</v>
+        <v>172</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B28" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>116</v>
+        <v>154</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>34</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>155</v>
       </c>
       <c r="H28">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="L28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
         <v>157</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>175</v>
       </c>
       <c r="P28" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>177</v>
       </c>
       <c r="B29" t="s">
         <v>178</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>154</v>
+        <v>116</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>34</v>
       </c>
       <c r="G29" t="s">
-        <v>155</v>
+        <v>22</v>
       </c>
       <c r="H29">
+        <v>2011</v>
+      </c>
+      <c r="I29">
         <v>2025</v>
       </c>
-      <c r="I29"/>
       <c r="J29" t="s">
         <v>156</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>157</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>179</v>
       </c>
       <c r="P29" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>180</v>
+      </c>
+      <c r="B30" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>34</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>155</v>
       </c>
       <c r="H30">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I30"/>
       <c r="J30" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="L30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
         <v>157</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="P30" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>34</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>155</v>
       </c>
       <c r="H31">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I31">
         <v>2025</v>
       </c>
+      <c r="I31"/>
       <c r="J31" t="s">
         <v>156</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>157</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="P31" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>188</v>
+      </c>
+      <c r="B32" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>116</v>
+        <v>190</v>
       </c>
       <c r="E32" t="s">
-        <v>20</v>
+        <v>191</v>
       </c>
       <c r="F32" t="s">
-        <v>34</v>
+        <v>192</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>155</v>
       </c>
       <c r="H32">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>156</v>
+        <v>193</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>157</v>
+        <v>194</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="P32" t="s">
-        <v>176</v>
+        <v>196</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B33" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="E33" t="s">
-        <v>20</v>
+        <v>191</v>
       </c>
       <c r="F33" t="s">
-        <v>34</v>
+        <v>192</v>
       </c>
       <c r="G33" t="s">
-        <v>155</v>
+        <v>200</v>
       </c>
       <c r="H33"/>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>156</v>
+        <v>23</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>157</v>
+        <v>194</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="P33" t="s">
-        <v>180</v>
+        <v>202</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="B34" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>169</v>
+        <v>205</v>
       </c>
       <c r="E34" t="s">
-        <v>20</v>
+        <v>191</v>
       </c>
       <c r="F34" t="s">
-        <v>34</v>
+        <v>192</v>
       </c>
       <c r="G34" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="H34"/>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>156</v>
+        <v>23</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>157</v>
+        <v>194</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="P34" t="s">
-        <v>180</v>
+        <v>207</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="B35" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="E35" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F35" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G35" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="H35"/>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="P35" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="B36" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="E36" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F36" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G36" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="H36"/>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>23</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="P36" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B37" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>216</v>
+        <v>182</v>
       </c>
       <c r="E37" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F37" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G37" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-      <c r="I37"/>
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2012</v>
+      </c>
+      <c r="I37">
+        <v>2012</v>
+      </c>
       <c r="J37" t="s">
-        <v>23</v>
+        <v>193</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="P37" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B38" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="E38" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F38" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G38" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-      <c r="I38"/>
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2012</v>
+      </c>
+      <c r="I38">
+        <v>2012</v>
+      </c>
       <c r="J38" t="s">
-        <v>23</v>
+        <v>193</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="P38" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="B39" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>226</v>
+        <v>79</v>
       </c>
       <c r="E39" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F39" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G39" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="H39"/>
+        <v>155</v>
+      </c>
+      <c r="H39">
+        <v>2013</v>
+      </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>23</v>
+        <v>193</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="P39" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B40" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>194</v>
+        <v>233</v>
       </c>
       <c r="E40" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F40" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
+        <v>155</v>
       </c>
       <c r="H40">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>204</v>
+        <v>234</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="P40" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="B41" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="E41" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F41" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
+        <v>155</v>
       </c>
       <c r="H41">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>204</v>
+        <v>234</v>
       </c>
       <c r="K41" t="s">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="P41" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="B42" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>79</v>
+        <v>245</v>
       </c>
       <c r="E42" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F42" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G42" t="s">
         <v>155</v>
       </c>
       <c r="H42">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>204</v>
+        <v>234</v>
       </c>
       <c r="K42" t="s">
-        <v>24</v>
+        <v>246</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="P42" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="B43" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="E43" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F43" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G43" t="s">
-        <v>155</v>
+        <v>22</v>
       </c>
       <c r="H43">
+        <v>2012</v>
+      </c>
+      <c r="I43">
         <v>2017</v>
       </c>
-      <c r="I43"/>
       <c r="J43" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="P43" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="B44" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="E44" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F44" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G44" t="s">
         <v>155</v>
       </c>
       <c r="H44">
         <v>2017</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="K44" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="P44" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="B45" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="E45" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F45" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G45" t="s">
-        <v>155</v>
+        <v>22</v>
       </c>
       <c r="H45">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I45"/>
+        <v>2012</v>
+      </c>
+      <c r="I45">
+        <v>2012</v>
+      </c>
       <c r="J45" t="s">
-        <v>245</v>
+        <v>193</v>
       </c>
       <c r="K45" t="s">
-        <v>257</v>
+        <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="P45" t="s">
-        <v>259</v>
+        <v>221</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="B46" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="E46" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F46" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G46" t="s">
-        <v>22</v>
+        <v>155</v>
       </c>
       <c r="H46">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I46">
         <v>2017</v>
       </c>
+      <c r="I46"/>
       <c r="J46" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="K46" t="s">
-        <v>24</v>
+        <v>257</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="P46" t="s">
-        <v>264</v>
-[...31 lines deleted...]
-      <c r="K47" t="s">
         <v>268</v>
-      </c>
-[...105 lines deleted...]
-        <v>278</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">