--- v0 (2025-11-27)
+++ v1 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="227">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -510,57 +510,60 @@
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
@@ -613,102 +616,102 @@
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
     <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -2330,760 +2333,760 @@
       </c>
       <c r="P24" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>159</v>
       </c>
       <c r="B25" t="s">
         <v>160</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
         <v>42</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>43</v>
       </c>
       <c r="G25" t="s">
-        <v>8</v>
+        <v>161</v>
       </c>
       <c r="H25">
         <v>2015</v>
       </c>
       <c r="I25">
         <v>2019</v>
       </c>
       <c r="J25" t="s">
         <v>154</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>156</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P25" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B26" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
         <v>42</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>43</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2015</v>
       </c>
       <c r="I26">
         <v>2024</v>
       </c>
       <c r="J26" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>156</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P26" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B27" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
         <v>116</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>43</v>
       </c>
       <c r="G27" t="s">
         <v>8</v>
       </c>
       <c r="H27">
         <v>2008</v>
       </c>
       <c r="I27">
         <v>2014</v>
       </c>
       <c r="J27" t="s">
         <v>154</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M27" t="s">
         <v>156</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P27" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B28" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
         <v>116</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>34</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2011</v>
       </c>
       <c r="I28">
         <v>2022</v>
       </c>
       <c r="J28" t="s">
         <v>154</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="M28" t="s">
         <v>156</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P28" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B29" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
         <v>149</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>34</v>
       </c>
       <c r="G29" t="s">
         <v>8</v>
       </c>
       <c r="H29">
         <v>2014</v>
       </c>
       <c r="I29">
         <v>2022</v>
       </c>
       <c r="J29" t="s">
         <v>154</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="M29" t="s">
         <v>156</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P29" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B30" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>34</v>
       </c>
       <c r="G30" t="s">
-        <v>8</v>
+        <v>161</v>
       </c>
       <c r="H30">
         <v>2015</v>
       </c>
       <c r="I30">
         <v>2019</v>
       </c>
       <c r="J30" t="s">
         <v>154</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="M30" t="s">
         <v>156</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P30" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B31" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
         <v>42</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>34</v>
       </c>
       <c r="G31" t="s">
         <v>8</v>
       </c>
       <c r="H31">
         <v>2015</v>
       </c>
       <c r="I31">
         <v>2024</v>
       </c>
       <c r="J31" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>156</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="P31" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B32" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>34</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>161</v>
       </c>
       <c r="H32">
         <v>2011</v>
       </c>
       <c r="I32">
         <v>2022</v>
       </c>
       <c r="J32" t="s">
         <v>154</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="M32" t="s">
         <v>156</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="P32" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B33" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>34</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H33">
         <v>2011</v>
       </c>
       <c r="I33">
         <v>2025</v>
       </c>
       <c r="J33" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>156</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="P33" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B34" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
         <v>116</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>34</v>
       </c>
       <c r="G34" t="s">
-        <v>8</v>
+        <v>161</v>
       </c>
       <c r="H34">
         <v>2011</v>
       </c>
       <c r="I34">
         <v>2022</v>
       </c>
       <c r="J34" t="s">
         <v>154</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M34" t="s">
         <v>156</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P34" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
         <v>116</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>34</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2011</v>
       </c>
       <c r="I35">
         <v>2025</v>
       </c>
       <c r="J35" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>156</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P35" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B36" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E36" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F36" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2012</v>
       </c>
       <c r="I36">
         <v>2012</v>
       </c>
       <c r="J36" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="P36" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B37" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E37" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F37" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2012</v>
       </c>
       <c r="I37">
         <v>2012</v>
       </c>
       <c r="J37" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="P37" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B38" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E38" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F38" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
       <c r="I38">
         <v>2017</v>
       </c>
       <c r="J38" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P38" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B39" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E39" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2012</v>
       </c>
       <c r="I39">
         <v>2012</v>
       </c>
       <c r="J39" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P39" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">