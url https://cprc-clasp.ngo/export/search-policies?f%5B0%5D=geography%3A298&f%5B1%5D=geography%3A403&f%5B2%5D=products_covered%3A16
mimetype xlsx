--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -1145,51 +1145,53 @@
         <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>73</v>
       </c>
       <c r="B9" t="s">
         <v>74</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>66</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>42</v>
       </c>
       <c r="G9" t="s">
         <v>75</v>
       </c>
-      <c r="H9"/>
+      <c r="H9">
+        <v>2024</v>
+      </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>76</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>70</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>77</v>
       </c>
       <c r="P9" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>79</v>
       </c>