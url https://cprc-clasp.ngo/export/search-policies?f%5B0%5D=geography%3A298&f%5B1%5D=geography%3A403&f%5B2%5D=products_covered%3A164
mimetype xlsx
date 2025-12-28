--- v0 (2025-11-08)
+++ v1 (2025-12-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -122,66 +122,69 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
   </si>
   <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
     <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
   </si>
   <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
@@ -738,222 +741,222 @@
       </c>
       <c r="P3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="H4">
         <v>2015</v>
       </c>
       <c r="I4">
         <v>2019</v>
       </c>
       <c r="J4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>38</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
       <c r="I5">
         <v>2024</v>
       </c>
       <c r="J5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>38</v>
       </c>
       <c r="D6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>33</v>
       </c>
       <c r="G6" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="H6">
         <v>2015</v>
       </c>
       <c r="I6">
         <v>2019</v>
       </c>
       <c r="J6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C7" t="s">
         <v>38</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>33</v>
       </c>
       <c r="G7" t="s">
         <v>8</v>
       </c>
       <c r="H7">
         <v>2015</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">