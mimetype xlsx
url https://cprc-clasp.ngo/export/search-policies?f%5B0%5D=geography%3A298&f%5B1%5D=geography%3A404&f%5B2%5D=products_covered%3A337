--- v0 (2025-11-29)
+++ v1 (2026-01-23)
@@ -137,70 +137,70 @@
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>