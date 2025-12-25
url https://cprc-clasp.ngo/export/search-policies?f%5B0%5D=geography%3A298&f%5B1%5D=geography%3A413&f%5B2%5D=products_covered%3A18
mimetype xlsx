--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -116,138 +116,141 @@
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
     <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for the following products:
 - Refrigerators without a freezer up to 900L
 - Refrigerators with a freezer up to 300L
 - Refrigerators with a freezer &gt; 300L to 900L
 - Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerating Appliances</t>
   </si>
   <si>
     <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant, and foam blowing agent, product information, and declaration of conformity 1975 and its regulations.</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
@@ -759,51 +762,51 @@
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>37</v>
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
@@ -898,218 +901,218 @@
       </c>
       <c r="P5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>51</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>41</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>48</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H6">
         <v>2011</v>
       </c>
       <c r="I6">
         <v>2022</v>
       </c>
       <c r="J6" t="s">
         <v>43</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="M6" t="s">
         <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>41</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H7">
         <v>2011</v>
       </c>
       <c r="I7">
         <v>2025</v>
       </c>
       <c r="J7" t="s">
         <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P7" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F8" t="s">
         <v>48</v>
       </c>
       <c r="G8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P8"/>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>41</v>
       </c>
       <c r="E9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9">
         <v>2012</v>
       </c>
       <c r="J9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">