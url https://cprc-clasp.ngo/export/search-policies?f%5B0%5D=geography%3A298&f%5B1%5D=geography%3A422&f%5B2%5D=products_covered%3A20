--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -264,97 +264,100 @@
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
     <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
     <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
   </si>
 </sst>
 </file>
 
@@ -919,54 +922,54 @@
         <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>51</v>
       </c>
       <c r="B5" t="s">
         <v>52</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="H5">
+      <c r="H5"/>
+      <c r="I5">
         <v>2024</v>
       </c>
-      <c r="I5"/>
       <c r="J5" t="s">
         <v>54</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>48</v>
       </c>
       <c r="N5" t="s">
         <v>38</v>
       </c>
       <c r="O5" t="s">
         <v>55</v>
       </c>
       <c r="P5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>56</v>
       </c>
       <c r="B6" t="s">
@@ -1157,222 +1160,222 @@
       </c>
       <c r="P9" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>75</v>
       </c>
       <c r="B10" t="s">
         <v>76</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>43</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>67</v>
       </c>
       <c r="G10" t="s">
-        <v>8</v>
+        <v>77</v>
       </c>
       <c r="H10">
         <v>2011</v>
       </c>
       <c r="I10">
         <v>2022</v>
       </c>
       <c r="J10" t="s">
         <v>46</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M10" t="s">
         <v>48</v>
       </c>
       <c r="N10" t="s">
         <v>38</v>
       </c>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P10" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>43</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>67</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11">
         <v>2011</v>
       </c>
       <c r="I11">
         <v>2025</v>
       </c>
       <c r="J11" t="s">
         <v>54</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>48</v>
       </c>
       <c r="N11" t="s">
         <v>38</v>
       </c>
       <c r="O11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P11" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>62</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>67</v>
       </c>
       <c r="G12" t="s">
         <v>45</v>
       </c>
       <c r="H12">
         <v>2021</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>46</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M12" t="s">
         <v>48</v>
       </c>
       <c r="N12" t="s">
         <v>38</v>
       </c>
       <c r="O12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P12" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>34</v>
       </c>
       <c r="H13">
         <v>1982</v>
       </c>
       <c r="I13">
         <v>2024</v>
       </c>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">