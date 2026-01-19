--- v0 (2025-11-27)
+++ v1 (2026-01-19)
@@ -706,51 +706,53 @@
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>42</v>
       </c>
       <c r="G4" t="s">
         <v>43</v>
       </c>
-      <c r="H4"/>
+      <c r="H4">
+        <v>2024</v>
+      </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>45</v>
       </c>
       <c r="P4" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>