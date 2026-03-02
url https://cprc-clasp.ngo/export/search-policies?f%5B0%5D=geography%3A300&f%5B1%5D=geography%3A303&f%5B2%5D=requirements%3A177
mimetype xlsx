--- v0 (2025-10-10)
+++ v1 (2026-03-02)
@@ -12,314 +12,402 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Air Conditioners, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an air conditioner split type, which is designed to be separated into two working parts: a condensing unit and a fan-coil unit. Alternating current (AC) power at a frequency of 50 Hz for use to reduce the temperature and humidity of the air flowing through the fan coil unit. Size categories of an air conditioner (watts): 1. Not more than 8,000 watts and 2. More than 8,000 but not more than 12,000 watts.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-air-conditioners-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/25.PDF</t>
+  </si>
+  <si>
     <t>SLS 1200 Energy efficiency rating for fluorescent lamp ballasts</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>SLS 1200:2012</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1200-energy-efficiency-rating-fluorescent-lamp-ballasts</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1711&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1586 Energy efficiency rating for single split type room air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1586-energy-efficiency-rating-single-split-type-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2440&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1600 Energy efficiency rating for electric ceiling fans with regulators</t>
   </si>
   <si>
+    <t>Ceiling fans</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>SLS 1600:2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1600-energy-efficiency-rating-electric-ceiling-fans-regulators</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/en/energy-management/introducing-standards</t>
+  </si>
+  <si>
     <t>SLS 1625 : 2013</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>January 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1625-2013</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
     <t>SLS 1690 Minimum Energy Performance for Household Refrigerators</t>
   </si>
   <si>
+    <t>The following computers can be licensed.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552, MS 2595:2014, IS 1476 (Part 1): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1690-minimum-energy-performance-household-refrigerators</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=search_standards&amp;Itemid=436&amp;lang=en</t>
+  </si>
+  <si>
     <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines the minimum energy efficiency requirements of clothes washing machines for household and similar purposes with a rated voltage not exceeding 250 V for single-phase AC supply, with or without heating devices, and for cold and/or hot water supply, and having standard washing capacity not exceeding 30 kg.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
+    <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7393</t>
+  </si>
+  <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
+    <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
+  </si>
+  <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2337-2557 (2014) Ballasts for tubular fluorescent lamps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types, that are used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2337-2557-2014-ballasts-tubular-fluorescent-lamps-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2337-2557.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -583,731 +671,824 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="147" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="761.957" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2018</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>35</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>63</v>
+      </c>
+      <c r="M8" t="s">
+        <v>35</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>69</v>
+      </c>
+      <c r="G9" t="s">
+        <v>41</v>
+      </c>
+      <c r="H9">
+        <v>1997</v>
+      </c>
+      <c r="I9">
+        <v>2022</v>
+      </c>
+      <c r="J9" t="s">
+        <v>70</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F10" t="s">
+        <v>69</v>
+      </c>
+      <c r="G10" t="s">
+        <v>41</v>
+      </c>
+      <c r="H10">
+        <v>2003</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>71</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>69</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H11">
+        <v>2023</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>70</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>80</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>82</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>62</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>69</v>
+      </c>
+      <c r="G12" t="s">
+        <v>85</v>
+      </c>
+      <c r="H12">
+        <v>2004</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>86</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12" t="s">
+        <v>71</v>
+      </c>
+      <c r="N12" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...24 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>62</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>32</v>
+      </c>
+      <c r="G13" t="s">
+        <v>41</v>
+      </c>
+      <c r="H13">
+        <v>2004</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>86</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>71</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>92</v>
+      </c>
+      <c r="P13" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
         <v>31</v>
       </c>
-      <c r="M3" t="s">
-[...3 lines deleted...]
-        <v>32</v>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G14" t="s">
+        <v>41</v>
+      </c>
+      <c r="H14">
+        <v>1978</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>70</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>71</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>96</v>
+      </c>
+      <c r="P14" t="s">
+        <v>97</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>100</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>69</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>101</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>71</v>
+      </c>
+      <c r="N15" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...487 lines deleted...]
-        <v>74</v>
+      <c r="O15" t="s">
+        <v>102</v>
+      </c>
+      <c r="P15" t="s">
+        <v>103</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>