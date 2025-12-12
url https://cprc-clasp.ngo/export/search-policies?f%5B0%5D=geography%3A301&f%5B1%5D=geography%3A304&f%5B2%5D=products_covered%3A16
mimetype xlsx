--- v0 (2025-10-10)
+++ v1 (2025-12-12)
@@ -12,503 +12,732 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N140 - External Hard Drive</t>
   </si>
   <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n140-external-hard-drive</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N146 - Electric Paper Shredders</t>
   </si>
   <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n146-electric-paper-shredders</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier-0</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
+  </si>
+  <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -772,1779 +1001,2012 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N39"/>
+  <dimension ref="A1:P39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="153" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="772.669" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="147.393" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2002</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2015</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
-      </c>
-[...30 lines deleted...]
-        <v>2007</v>
       </c>
       <c r="H3">
         <v>2007</v>
       </c>
-      <c r="I3" t="s">
-        <v>20</v>
+      <c r="I3">
+        <v>2007</v>
       </c>
       <c r="J3" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K3" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="M3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N3" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="C4" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="E4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G4">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2003</v>
       </c>
-      <c r="H4">
+      <c r="I4">
         <v>2013</v>
       </c>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K4" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="C5" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2013</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2003</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>50</v>
+      </c>
+      <c r="H6">
         <v>2008</v>
       </c>
-      <c r="H6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="B7" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
       </c>
       <c r="H7">
         <v>2011</v>
       </c>
-      <c r="I7" t="s">
-        <v>20</v>
+      <c r="I7">
+        <v>2011</v>
       </c>
       <c r="J7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>58</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2000</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>58</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2000</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2000</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>70</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2000</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>70</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>75</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2000</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>76</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>90</v>
+      </c>
+      <c r="P13" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>92</v>
+      </c>
+      <c r="B14" t="s">
+        <v>93</v>
+      </c>
+      <c r="C14" t="s">
+        <v>94</v>
+      </c>
+      <c r="D14" t="s">
+        <v>81</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1994</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>95</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>96</v>
+      </c>
+      <c r="M14" t="s">
+        <v>97</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D15" t="s">
+        <v>69</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1992</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>95</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>103</v>
+      </c>
+      <c r="M15" t="s">
+        <v>97</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>104</v>
+      </c>
+      <c r="P15" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B16" t="s">
+        <v>107</v>
+      </c>
+      <c r="C16" t="s">
+        <v>94</v>
+      </c>
+      <c r="D16" t="s">
+        <v>75</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2001</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>95</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>108</v>
+      </c>
+      <c r="M16" t="s">
+        <v>97</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>109</v>
+      </c>
+      <c r="P16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>111</v>
+      </c>
+      <c r="B17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>81</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2000</v>
+      </c>
+      <c r="I17">
+        <v>2013</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>113</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>114</v>
+      </c>
+      <c r="P17" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>116</v>
+      </c>
+      <c r="B18" t="s">
+        <v>117</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>81</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2000</v>
+      </c>
+      <c r="I18">
+        <v>2013</v>
+      </c>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>118</v>
+      </c>
+      <c r="P18" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>120</v>
+      </c>
+      <c r="B19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>81</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2000</v>
+      </c>
+      <c r="I19">
+        <v>2013</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>113</v>
+      </c>
+      <c r="M19" t="s">
+        <v>58</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>122</v>
+      </c>
+      <c r="P19" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>124</v>
+      </c>
+      <c r="B20" t="s">
+        <v>125</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
         <v>44</v>
       </c>
-      <c r="L7" t="s">
-[...47 lines deleted...]
-      <c r="N8" t="s">
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
         <v>50</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H9">
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>126</v>
+      </c>
+      <c r="P20" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>128</v>
+      </c>
+      <c r="B21" t="s">
+        <v>129</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>130</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>50</v>
+      </c>
+      <c r="H21">
         <v>2015</v>
       </c>
-      <c r="I9" t="s">
-[...58 lines deleted...]
-      <c r="N10" t="s">
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
         <v>58</v>
       </c>
-    </row>
-[...469 lines deleted...]
-      </c>
       <c r="N21" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>131</v>
+      </c>
+      <c r="P21" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>91</v>
+        <v>133</v>
       </c>
       <c r="B22" t="s">
-        <v>15</v>
+        <v>134</v>
       </c>
       <c r="C22" t="s">
-        <v>92</v>
+        <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="E22" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2015</v>
       </c>
-      <c r="I22" t="s">
-        <v>20</v>
+      <c r="I22">
+        <v>2015</v>
       </c>
       <c r="J22" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K22" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>45</v>
+        <v>133</v>
       </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N22" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>136</v>
+      </c>
+      <c r="P22" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>94</v>
+        <v>138</v>
       </c>
       <c r="B23" t="s">
-        <v>15</v>
+        <v>139</v>
       </c>
       <c r="C23" t="s">
-        <v>95</v>
+        <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>140</v>
       </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>50</v>
+      </c>
+      <c r="H23">
         <v>2016</v>
       </c>
-      <c r="H23"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N23" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>141</v>
+      </c>
+      <c r="P23" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>143</v>
+      </c>
+      <c r="B24" t="s">
+        <v>144</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>145</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>50</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>58</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>146</v>
+      </c>
+      <c r="P24" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>148</v>
+      </c>
+      <c r="B25" t="s">
+        <v>149</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>69</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2000</v>
+      </c>
+      <c r="I25">
+        <v>2016</v>
+      </c>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>150</v>
+      </c>
+      <c r="P25" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>152</v>
+      </c>
+      <c r="B26" t="s">
+        <v>153</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>69</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2000</v>
+      </c>
+      <c r="I26">
+        <v>2015</v>
+      </c>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>58</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>154</v>
+      </c>
+      <c r="P26" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>156</v>
+      </c>
+      <c r="B27" t="s">
+        <v>157</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>75</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2000</v>
+      </c>
+      <c r="I27">
+        <v>2013</v>
+      </c>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>113</v>
+      </c>
+      <c r="M27" t="s">
+        <v>58</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>158</v>
+      </c>
+      <c r="P27" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>160</v>
+      </c>
+      <c r="B28" t="s">
+        <v>161</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>75</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2000</v>
+      </c>
+      <c r="I28">
+        <v>2013</v>
+      </c>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>162</v>
+      </c>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>163</v>
+      </c>
+      <c r="P28"/>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>164</v>
+      </c>
+      <c r="B29" t="s">
+        <v>165</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>63</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2011</v>
+      </c>
+      <c r="I29">
+        <v>2013</v>
+      </c>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>58</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>166</v>
+      </c>
+      <c r="P29" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>168</v>
+      </c>
+      <c r="B30" t="s">
+        <v>169</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>81</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2000</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
+      <c r="J30" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>170</v>
+      </c>
+      <c r="P30" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>172</v>
+      </c>
+      <c r="B31" t="s">
+        <v>173</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>19</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2002</v>
+      </c>
+      <c r="I31">
+        <v>2013</v>
+      </c>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>174</v>
+      </c>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>175</v>
+      </c>
+      <c r="P31" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>177</v>
+      </c>
+      <c r="B32" t="s">
+        <v>178</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>81</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2000</v>
+      </c>
+      <c r="I32">
+        <v>2015</v>
+      </c>
+      <c r="J32" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>58</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>179</v>
+      </c>
+      <c r="P32" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>181</v>
+      </c>
+      <c r="B33" t="s">
+        <v>182</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>38</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2001</v>
+      </c>
+      <c r="I33">
+        <v>2013</v>
+      </c>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>183</v>
+      </c>
+      <c r="P33" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>185</v>
+      </c>
+      <c r="B34" t="s">
+        <v>186</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>75</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2000</v>
+      </c>
+      <c r="I34">
+        <v>2013</v>
+      </c>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
         <v>97</v>
       </c>
-      <c r="B24" t="s">
-[...54 lines deleted...]
-      <c r="G25">
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>187</v>
+      </c>
+      <c r="P34" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>189</v>
+      </c>
+      <c r="B35" t="s">
+        <v>190</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>191</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>50</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>189</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>192</v>
+      </c>
+      <c r="P35" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>194</v>
+      </c>
+      <c r="B36" t="s">
+        <v>195</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>75</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
         <v>2000</v>
       </c>
-      <c r="H25">
-[...168 lines deleted...]
-      <c r="G29">
+      <c r="I36">
+        <v>2014</v>
+      </c>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>58</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>196</v>
+      </c>
+      <c r="P36" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>198</v>
+      </c>
+      <c r="B37" t="s">
+        <v>199</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>63</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>200</v>
+      </c>
+      <c r="G37" t="s">
+        <v>50</v>
+      </c>
+      <c r="H37">
         <v>2011</v>
       </c>
-      <c r="H29">
-[...336 lines deleted...]
-      <c r="G37">
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>64</v>
+      </c>
+      <c r="M37" t="s">
+        <v>26</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>201</v>
+      </c>
+      <c r="P37" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>203</v>
+      </c>
+      <c r="B38"/>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>63</v>
+      </c>
+      <c r="E38" t="s">
+        <v>204</v>
+      </c>
+      <c r="F38" t="s">
+        <v>200</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>2011</v>
       </c>
-      <c r="H37"/>
-[...41 lines deleted...]
-      <c r="H38">
+      <c r="I38">
         <v>2018</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J38" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>205</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>206</v>
       </c>
       <c r="N38" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>207</v>
+      </c>
+      <c r="P38" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>135</v>
+        <v>209</v>
       </c>
       <c r="B39" t="s">
-        <v>15</v>
+        <v>210</v>
       </c>
       <c r="C39" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="E39" t="s">
-        <v>136</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>211</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
       </c>
       <c r="H39">
         <v>2011</v>
       </c>
-      <c r="I39" t="s">
-        <v>20</v>
+      <c r="I39">
+        <v>2011</v>
       </c>
       <c r="J39" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K39" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N39" t="s">
-        <v>137</v>
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>212</v>
+      </c>
+      <c r="P39" t="s">
+        <v>213</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>