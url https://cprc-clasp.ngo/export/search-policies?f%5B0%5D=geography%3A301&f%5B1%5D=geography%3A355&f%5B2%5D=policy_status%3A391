--- v0 (2025-11-27)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="478">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="485">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1145,89 +1145,124 @@
   <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
     <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
   </si>
   <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
     <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n88-scanners</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
   </si>
   <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>PNS ISO 5151
+,   
+                    PNS ISO 16358-1</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
     <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
   </si>
   <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
     <t>Low-voltage single-phase inductive motor</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-fluorescent-lamps</t>
@@ -1238,63 +1273,54 @@
   <si>
     <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
   </si>
   <si>
     <t>This policy specifies minimum energy performance standards for residential and commercial refrigerators/freezers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
   </si>
   <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
     <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
   </si>
   <si>
-    <t>Philippines</t>
-[...4 lines deleted...]
-  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS IEC 60081:2006</t>
-  </si>
-[...1 lines deleted...]
-    <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
     <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
   </si>
   <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
     <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
@@ -1793,51 +1819,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P94"/>
+  <dimension ref="A1:P95"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="890.64" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -5325,1170 +5351,1220 @@
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
         <v>81</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
         <v>375</v>
       </c>
       <c r="P71" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
         <v>377</v>
       </c>
       <c r="B72" t="s">
         <v>378</v>
       </c>
       <c r="C72" t="s">
-        <v>18</v>
+        <v>379</v>
       </c>
       <c r="D72" t="s">
-        <v>130</v>
+        <v>380</v>
       </c>
       <c r="E72" t="s">
-        <v>20</v>
+        <v>381</v>
       </c>
       <c r="F72" t="s">
-        <v>21</v>
+        <v>382</v>
       </c>
       <c r="G72" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H72">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="I72">
-        <v>2012</v>
+        <v>2024</v>
       </c>
       <c r="J72" t="s">
-        <v>23</v>
+        <v>383</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="M72" t="s">
-        <v>81</v>
+        <v>385</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="P72" t="s">
-        <v>29</v>
+        <v>387</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="B73" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="C73" t="s">
         <v>18</v>
       </c>
       <c r="D73" t="s">
-        <v>383</v>
+        <v>130</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
-        <v>1981</v>
+        <v>2012</v>
       </c>
       <c r="I73">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="J73" t="s">
         <v>23</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
-      <c r="L73"/>
+      <c r="L73" t="s">
+        <v>390</v>
+      </c>
       <c r="M73" t="s">
         <v>81</v>
       </c>
       <c r="N73" t="s">
-        <v>384</v>
+        <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="P73" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="B74" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="C74" t="s">
         <v>18</v>
       </c>
       <c r="D74" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="E74" t="s">
-        <v>389</v>
+        <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
-        <v>2003</v>
+        <v>1981</v>
       </c>
       <c r="I74">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="J74" t="s">
-        <v>92</v>
+        <v>23</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="N74" t="s">
-        <v>27</v>
+        <v>395</v>
       </c>
       <c r="O74" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="P74" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>392</v>
-[...1 lines deleted...]
-      <c r="B75"/>
+        <v>397</v>
+      </c>
+      <c r="B75" t="s">
+        <v>398</v>
+      </c>
       <c r="C75" t="s">
         <v>18</v>
       </c>
       <c r="D75" t="s">
-        <v>325</v>
+        <v>399</v>
       </c>
       <c r="E75" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="I75">
-        <v>2018</v>
+        <v>2005</v>
       </c>
       <c r="J75" t="s">
         <v>92</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>393</v>
+        <v>26</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="P75" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>395</v>
-[...3 lines deleted...]
-      </c>
+        <v>402</v>
+      </c>
+      <c r="B76"/>
       <c r="C76" t="s">
         <v>18</v>
       </c>
       <c r="D76" t="s">
-        <v>397</v>
+        <v>325</v>
       </c>
       <c r="E76" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
-        <v>2001</v>
+        <v>2011</v>
       </c>
       <c r="I76">
         <v>2018</v>
       </c>
       <c r="J76" t="s">
         <v>92</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
-        <v>26</v>
+        <v>403</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="P76" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="B77" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="C77" t="s">
         <v>18</v>
       </c>
       <c r="D77" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="E77" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="I77">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="J77" t="s">
         <v>92</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
         <v>26</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="P77" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="B78" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="C78" t="s">
         <v>18</v>
       </c>
       <c r="D78" t="s">
-        <v>147</v>
+        <v>411</v>
       </c>
       <c r="E78" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="I78">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J78" t="s">
         <v>92</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
         <v>26</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="P78" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="B79" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="C79" t="s">
-        <v>408</v>
+        <v>18</v>
       </c>
       <c r="D79" t="s">
-        <v>225</v>
+        <v>147</v>
       </c>
       <c r="E79" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="F79" t="s">
-        <v>409</v>
+        <v>21</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="I79">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="J79" t="s">
-        <v>410</v>
+        <v>92</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
-      <c r="L79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L79"/>
       <c r="M79" t="s">
-        <v>412</v>
+        <v>26</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="P79" t="s">
-        <v>414</v>
+        <v>401</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B80" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C80" t="s">
-        <v>408</v>
+        <v>379</v>
       </c>
       <c r="D80" t="s">
-        <v>417</v>
+        <v>225</v>
       </c>
       <c r="E80" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="F80" t="s">
-        <v>418</v>
+        <v>382</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2007</v>
       </c>
       <c r="I80">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J80" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80" t="s">
         <v>419</v>
       </c>
       <c r="M80" t="s">
-        <v>412</v>
+        <v>385</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
         <v>420</v>
       </c>
       <c r="P80" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
         <v>422</v>
       </c>
       <c r="B81" t="s">
         <v>423</v>
       </c>
       <c r="C81" t="s">
-        <v>408</v>
+        <v>379</v>
       </c>
       <c r="D81" t="s">
-        <v>74</v>
+        <v>424</v>
       </c>
       <c r="E81" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="F81" t="s">
-        <v>409</v>
+        <v>425</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="I81">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="J81" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="M81" t="s">
-        <v>412</v>
+        <v>385</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="P81" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B82" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C82" t="s">
-        <v>18</v>
+        <v>379</v>
       </c>
       <c r="D82" t="s">
         <v>74</v>
       </c>
       <c r="E82" t="s">
-        <v>20</v>
+        <v>381</v>
       </c>
       <c r="F82" t="s">
-        <v>21</v>
+        <v>382</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="I82">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="J82" t="s">
-        <v>23</v>
+        <v>418</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="M82" t="s">
-        <v>26</v>
+        <v>385</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="P82" t="s">
-        <v>29</v>
+        <v>433</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B83" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="C83" t="s">
         <v>18</v>
       </c>
       <c r="D83" t="s">
         <v>74</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>1991</v>
       </c>
       <c r="I83">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="J83" t="s">
         <v>23</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83" t="s">
-        <v>75</v>
+        <v>436</v>
       </c>
       <c r="M83" t="s">
         <v>26</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="P83" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="B84" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="C84" t="s">
         <v>18</v>
       </c>
       <c r="D84" t="s">
         <v>74</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>1991</v>
       </c>
       <c r="I84">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="J84" t="s">
         <v>23</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>436</v>
+        <v>75</v>
       </c>
       <c r="M84" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="P84" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B85" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="C85" t="s">
         <v>18</v>
       </c>
       <c r="D85" t="s">
-        <v>147</v>
+        <v>74</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
-        <v>1996</v>
+        <v>1991</v>
       </c>
       <c r="I85">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="J85" t="s">
         <v>23</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85" t="s">
-        <v>148</v>
+        <v>443</v>
       </c>
       <c r="M85" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="P85" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="B86" t="s">
+        <v>446</v>
+      </c>
+      <c r="C86" t="s">
+        <v>18</v>
+      </c>
+      <c r="D86" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>442</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
-        <v>2011</v>
+        <v>1996</v>
       </c>
       <c r="I86">
         <v>2011</v>
       </c>
       <c r="J86" t="s">
         <v>23</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
         <v>148</v>
       </c>
       <c r="M86" t="s">
         <v>26</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="P86" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="B87" t="s">
         <v>147</v>
       </c>
       <c r="C87" t="s">
         <v>18</v>
       </c>
       <c r="D87" t="s">
-        <v>147</v>
+        <v>449</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
-        <v>1996</v>
+        <v>2011</v>
       </c>
       <c r="I87">
         <v>2011</v>
       </c>
       <c r="J87" t="s">
         <v>23</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
         <v>148</v>
       </c>
       <c r="M87" t="s">
         <v>26</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="P87" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B88" t="s">
-        <v>446</v>
+        <v>147</v>
       </c>
       <c r="C88" t="s">
         <v>18</v>
       </c>
       <c r="D88" t="s">
-        <v>401</v>
+        <v>147</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>418</v>
+        <v>21</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
-        <v>2012</v>
+        <v>1996</v>
       </c>
       <c r="I88">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="J88" t="s">
         <v>23</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
-      <c r="L88"/>
+      <c r="L88" t="s">
+        <v>148</v>
+      </c>
       <c r="M88" t="s">
         <v>26</v>
       </c>
       <c r="N88" t="s">
-        <v>384</v>
+        <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="P88" t="s">
-        <v>448</v>
+        <v>29</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B89" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="C89" t="s">
         <v>18</v>
       </c>
       <c r="D89" t="s">
-        <v>147</v>
+        <v>411</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I89">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="J89" t="s">
         <v>23</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
         <v>26</v>
       </c>
       <c r="N89" t="s">
-        <v>27</v>
+        <v>395</v>
       </c>
       <c r="O89" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="P89" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B90" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="C90" t="s">
         <v>18</v>
       </c>
       <c r="D90" t="s">
-        <v>325</v>
+        <v>147</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I90">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="J90" t="s">
         <v>23</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
-      <c r="L90" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L90"/>
       <c r="M90" t="s">
         <v>26</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="P90" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B91" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="C91" t="s">
         <v>18</v>
       </c>
       <c r="D91" t="s">
-        <v>460</v>
+        <v>325</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="I91">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="J91" t="s">
-        <v>461</v>
+        <v>23</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
-      <c r="L91"/>
+      <c r="L91" t="s">
+        <v>462</v>
+      </c>
       <c r="M91" t="s">
         <v>26</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="P91" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B92" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C92" t="s">
         <v>18</v>
       </c>
       <c r="D92" t="s">
-        <v>305</v>
+        <v>467</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2010</v>
       </c>
       <c r="I92">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="J92" t="s">
-        <v>23</v>
+        <v>468</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
-      <c r="L92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L92"/>
       <c r="M92" t="s">
         <v>26</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="P92" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B93" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C93" t="s">
         <v>18</v>
       </c>
       <c r="D93" t="s">
-        <v>74</v>
+        <v>305</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>2010</v>
       </c>
       <c r="I93">
         <v>2010</v>
       </c>
       <c r="J93" t="s">
         <v>23</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93" t="s">
-        <v>436</v>
+        <v>473</v>
       </c>
       <c r="M93" t="s">
         <v>26</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="P93" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B94" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="C94" t="s">
         <v>18</v>
       </c>
       <c r="D94" t="s">
-        <v>130</v>
+        <v>74</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>21</v>
+        <v>425</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>2010</v>
       </c>
       <c r="I94">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="J94" t="s">
         <v>23</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94" t="s">
-        <v>475</v>
+        <v>443</v>
       </c>
       <c r="M94" t="s">
         <v>26</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="P94" t="s">
-        <v>477</v>
+        <v>479</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>480</v>
+      </c>
+      <c r="B95" t="s">
+        <v>481</v>
+      </c>
+      <c r="C95" t="s">
+        <v>18</v>
+      </c>
+      <c r="D95" t="s">
+        <v>130</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2010</v>
+      </c>
+      <c r="I95">
+        <v>2017</v>
+      </c>
+      <c r="J95" t="s">
+        <v>23</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>482</v>
+      </c>
+      <c r="M95" t="s">
+        <v>26</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>483</v>
+      </c>
+      <c r="P95" t="s">
+        <v>484</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">