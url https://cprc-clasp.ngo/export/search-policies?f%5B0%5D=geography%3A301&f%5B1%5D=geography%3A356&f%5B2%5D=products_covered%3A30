--- v0 (2025-10-15)
+++ v1 (2025-12-01)
@@ -12,371 +12,507 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-computers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N140 - External Hard Drive</t>
   </si>
   <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n140-external-hard-drive</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -640,1245 +776,1408 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N27"/>
+  <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="147" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="772.669" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="126.112" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>40</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>44</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>47</v>
+      </c>
+      <c r="P7" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>48</v>
+      </c>
+      <c r="B8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>50</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>39</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>53</v>
+      </c>
+      <c r="P9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>56</v>
+      </c>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>57</v>
+      </c>
+      <c r="B11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" t="s">
+        <v>59</v>
+      </c>
+      <c r="D11" t="s">
+        <v>39</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>60</v>
+      </c>
+      <c r="H11">
+        <v>2000</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>61</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>62</v>
+      </c>
+      <c r="M11" t="s">
+        <v>63</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>64</v>
+      </c>
+      <c r="P11" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" t="s">
+        <v>59</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...10 lines deleted...]
-      <c r="L2" t="s">
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>60</v>
+      </c>
+      <c r="H12">
+        <v>2000</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>61</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>68</v>
+      </c>
+      <c r="M12" t="s">
+        <v>63</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>69</v>
+      </c>
+      <c r="P12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>60</v>
+      </c>
+      <c r="H13">
+        <v>2000</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>61</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>68</v>
+      </c>
+      <c r="M13" t="s">
+        <v>63</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>73</v>
+      </c>
+      <c r="P13" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>75</v>
+      </c>
+      <c r="B14" t="s">
+        <v>76</v>
+      </c>
+      <c r="C14" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" t="s">
+        <v>39</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>60</v>
+      </c>
+      <c r="H14">
+        <v>2000</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>61</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>62</v>
+      </c>
+      <c r="M14" t="s">
+        <v>63</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>77</v>
+      </c>
+      <c r="P14" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>79</v>
+      </c>
+      <c r="B15" t="s">
+        <v>80</v>
+      </c>
+      <c r="C15" t="s">
+        <v>81</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>60</v>
+      </c>
+      <c r="H15">
+        <v>1994</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>82</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>83</v>
+      </c>
+      <c r="M15" t="s">
+        <v>84</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>85</v>
+      </c>
+      <c r="P15" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>87</v>
+      </c>
+      <c r="B16" t="s">
+        <v>88</v>
+      </c>
+      <c r="C16" t="s">
+        <v>81</v>
+      </c>
+      <c r="D16" t="s">
+        <v>39</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>60</v>
+      </c>
+      <c r="H16">
+        <v>2001</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>82</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>89</v>
+      </c>
+      <c r="M16" t="s">
+        <v>84</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>90</v>
+      </c>
+      <c r="P16" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" t="s">
+        <v>93</v>
+      </c>
+      <c r="C17" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>60</v>
+      </c>
+      <c r="H17">
+        <v>2000</v>
+      </c>
+      <c r="I17">
+        <v>2013</v>
+      </c>
+      <c r="J17" t="s">
+        <v>61</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>94</v>
+      </c>
+      <c r="M17" t="s">
+        <v>63</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>95</v>
+      </c>
+      <c r="P17" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>97</v>
+      </c>
+      <c r="B18" t="s">
+        <v>98</v>
+      </c>
+      <c r="C18" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>60</v>
+      </c>
+      <c r="H18">
+        <v>2000</v>
+      </c>
+      <c r="I18">
+        <v>2013</v>
+      </c>
+      <c r="J18" t="s">
+        <v>61</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>63</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>99</v>
+      </c>
+      <c r="P18" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>101</v>
+      </c>
+      <c r="B19" t="s">
+        <v>102</v>
+      </c>
+      <c r="C19" t="s">
+        <v>59</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>60</v>
+      </c>
+      <c r="H19">
+        <v>2000</v>
+      </c>
+      <c r="I19">
+        <v>2013</v>
+      </c>
+      <c r="J19" t="s">
+        <v>61</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>94</v>
+      </c>
+      <c r="M19" t="s">
+        <v>103</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>104</v>
+      </c>
+      <c r="P19" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>106</v>
+      </c>
+      <c r="B20" t="s">
+        <v>107</v>
+      </c>
+      <c r="C20" t="s">
+        <v>59</v>
+      </c>
+      <c r="D20" t="s">
+        <v>108</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>61</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>103</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>109</v>
+      </c>
+      <c r="P20" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>111</v>
+      </c>
+      <c r="B21" t="s">
+        <v>112</v>
+      </c>
+      <c r="C21" t="s">
+        <v>59</v>
+      </c>
+      <c r="D21" t="s">
+        <v>39</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>60</v>
+      </c>
+      <c r="H21">
+        <v>2000</v>
+      </c>
+      <c r="I21">
+        <v>2013</v>
+      </c>
+      <c r="J21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>94</v>
+      </c>
+      <c r="M21" t="s">
+        <v>103</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>113</v>
+      </c>
+      <c r="P21" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>115</v>
+      </c>
+      <c r="B22" t="s">
+        <v>116</v>
+      </c>
+      <c r="C22" t="s">
+        <v>59</v>
+      </c>
+      <c r="D22" t="s">
+        <v>39</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>60</v>
+      </c>
+      <c r="H22">
+        <v>2000</v>
+      </c>
+      <c r="I22">
+        <v>2013</v>
+      </c>
+      <c r="J22" t="s">
+        <v>61</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>117</v>
+      </c>
+      <c r="M22" t="s">
+        <v>63</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>118</v>
+      </c>
+      <c r="P22"/>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>119</v>
+      </c>
+      <c r="B23" t="s">
+        <v>120</v>
+      </c>
+      <c r="C23" t="s">
+        <v>59</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>60</v>
+      </c>
+      <c r="H23">
+        <v>2000</v>
+      </c>
+      <c r="I23">
+        <v>2015</v>
+      </c>
+      <c r="J23" t="s">
+        <v>61</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>63</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>121</v>
+      </c>
+      <c r="P23" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>123</v>
+      </c>
+      <c r="B24" t="s">
+        <v>124</v>
+      </c>
+      <c r="C24" t="s">
+        <v>59</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>60</v>
+      </c>
+      <c r="H24">
+        <v>2000</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>61</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>103</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P24" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>127</v>
+      </c>
+      <c r="B25" t="s">
+        <v>128</v>
+      </c>
+      <c r="C25" t="s">
+        <v>59</v>
+      </c>
+      <c r="D25" t="s">
+        <v>39</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>60</v>
+      </c>
+      <c r="H25">
+        <v>2000</v>
+      </c>
+      <c r="I25">
+        <v>2013</v>
+      </c>
+      <c r="J25" t="s">
+        <v>61</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>84</v>
+      </c>
+      <c r="M25" t="s">
+        <v>63</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>129</v>
+      </c>
+      <c r="P25" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>131</v>
+      </c>
+      <c r="B26" t="s">
+        <v>132</v>
+      </c>
+      <c r="C26" t="s">
+        <v>59</v>
+      </c>
+      <c r="D26" t="s">
+        <v>39</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>60</v>
+      </c>
+      <c r="H26">
+        <v>2000</v>
+      </c>
+      <c r="I26">
+        <v>2014</v>
+      </c>
+      <c r="J26" t="s">
+        <v>61</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>103</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>133</v>
+      </c>
+      <c r="P26" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>135</v>
+      </c>
+      <c r="B27" t="s">
+        <v>136</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>35</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>60</v>
+      </c>
+      <c r="H27">
+        <v>1996</v>
+      </c>
+      <c r="I27">
+        <v>2010</v>
+      </c>
+      <c r="J27" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...1044 lines deleted...]
-      </c>
       <c r="N27" t="s">
-        <v>93</v>
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>137</v>
+      </c>
+      <c r="P27" t="s">
+        <v>138</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>