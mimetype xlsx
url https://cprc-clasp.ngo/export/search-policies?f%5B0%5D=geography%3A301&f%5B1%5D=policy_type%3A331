--- v0 (2025-10-13)
+++ v1 (2026-03-09)
@@ -12,551 +12,657 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="189">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CFL standard</t>
   </si>
   <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CNS 10839 CNS 14567</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cfl-standard</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>CNS 11010-89: Electric Water Heaters</t>
   </si>
   <si>
+    <t>covers househod household electric storage water heaters with rated power consumption not exceeding 12 kW.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>CNS 3263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cns-11010-89-electric-water-heaters</t>
   </si>
   <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
+    <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fans-taiwan</t>
   </si>
   <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fluorescent-tubes</t>
   </si>
   <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gas-boilers-taiwan</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
+    <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
+  </si>
+  <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier-0</t>
   </si>
   <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-chillers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for LED Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-led-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for residential and commercial refrigerators/freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>RACs Packaged Terminal - Taiwan</t>
   </si>
   <si>
+    <t>Window or box-type Room Air Conditioners of both Air Cooled and Water Cooled types</t>
+  </si>
+  <si>
     <t>CNS 14464 CNS 7183 CNS 3615-95</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/racs-packaged-terminal-taiwan</t>
   </si>
   <si>
     <t>RACs Split - Taiwan</t>
   </si>
   <si>
+    <t>Product Scope and related MEPS Requirements based on testing standards CNS 3615 CNS 14464 and CNS 7183</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/racs-split-taiwan</t>
   </si>
   <si>
     <t>RACs Window MEPS</t>
   </si>
   <si>
+    <t>EER of No-duct RAC should be in accordance with No-Duct Air Conditioner and Heat Pump Testing Standard in CNS 14464. The ratio of total cooling capacity to effective input power under T1 standard testing condition should no be smaller than the values in the above table and must be more than 95 percent of the labeled value. Only products that the capacity is less than 70kW will be tested.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/racs-window-meps</t>
   </si>
   <si>
     <t>Refrigerator MEPS</t>
   </si>
   <si>
+    <t>Refigerators</t>
+  </si>
+  <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/refrigerator-meps</t>
   </si>
   <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/refrigerators-freezers-taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/refrigerators-freezers-taiwan-0</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Minimum Energy Performance Standard Energy Efficiency Indication and Inspection for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The fluorescent lamps denoted in this draft are those meeting the definition of CNS 691 Fluorescent lamps- for general lighting service;  general color rendering index Ra not larger than 95 and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_outweb/gen/law/upt.asp?p0=9</t>
+  </si>
+  <si>
     <t>Self-Ballast Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
   </si>
   <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/self-ballast-fluorescent-lamps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -820,1981 +926,2228 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N45"/>
+  <dimension ref="A1:P45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="175" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="461.173" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>1989</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>1981</v>
+      </c>
+      <c r="I4">
+        <v>1982</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2001</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>49</v>
+      </c>
+      <c r="P6" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>53</v>
+      </c>
+      <c r="L7" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7" t="s">
+        <v>40</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B8" t="s">
+        <v>51</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>56</v>
+      </c>
+      <c r="L8" t="s">
+        <v>54</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>57</v>
+      </c>
+      <c r="P8" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>58</v>
+      </c>
+      <c r="B9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...90 lines deleted...]
-      <c r="K4" t="s">
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
         <v>33</v>
-      </c>
-[...198 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
-      <c r="I9" t="s">
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>60</v>
+      </c>
+      <c r="M9" t="s">
+        <v>40</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>61</v>
+      </c>
+      <c r="P9" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>62</v>
+      </c>
+      <c r="B10" t="s">
+        <v>63</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J9" t="s">
-[...11 lines deleted...]
-      <c r="N9" t="s">
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H10">
+        <v>1981</v>
+      </c>
+      <c r="I10">
+        <v>2002</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>40</v>
+      </c>
+      <c r="N10" t="s">
+        <v>65</v>
+      </c>
+      <c r="O10" t="s">
+        <v>66</v>
+      </c>
+      <c r="P10" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>67</v>
+      </c>
+      <c r="B11" t="s">
+        <v>68</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>69</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>70</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>71</v>
+      </c>
+      <c r="P11" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>72</v>
+      </c>
+      <c r="B12" t="s">
+        <v>73</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>74</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2003</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>75</v>
+      </c>
+      <c r="M12" t="s">
+        <v>40</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>76</v>
+      </c>
+      <c r="P12" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>77</v>
+      </c>
+      <c r="B13"/>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>78</v>
+      </c>
+      <c r="E13" t="s">
+        <v>79</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>80</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>81</v>
+      </c>
+      <c r="P13" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>83</v>
+      </c>
+      <c r="B14" t="s">
+        <v>84</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>74</v>
+      </c>
+      <c r="E14" t="s">
+        <v>79</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>33</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14">
+        <v>2005</v>
+      </c>
+      <c r="J14" t="s">
+        <v>80</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>85</v>
+      </c>
+      <c r="P14" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>86</v>
+      </c>
+      <c r="B15" t="s">
+        <v>87</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
         <v>52</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H10">
+      <c r="E15" t="s">
+        <v>79</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2003</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>80</v>
+      </c>
+      <c r="K15" t="s">
+        <v>88</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>65</v>
+      </c>
+      <c r="O15" t="s">
+        <v>89</v>
+      </c>
+      <c r="P15" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>90</v>
+      </c>
+      <c r="B16" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>92</v>
+      </c>
+      <c r="E16" t="s">
+        <v>79</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2018</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>80</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>93</v>
+      </c>
+      <c r="P16" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>94</v>
+      </c>
+      <c r="B17" t="s">
+        <v>95</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>92</v>
+      </c>
+      <c r="E17" t="s">
+        <v>79</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>80</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>96</v>
+      </c>
+      <c r="P17" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>97</v>
+      </c>
+      <c r="B18"/>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>79</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>80</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>98</v>
+      </c>
+      <c r="P18" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>99</v>
+      </c>
+      <c r="B19"/>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>69</v>
+      </c>
+      <c r="E19" t="s">
+        <v>79</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>33</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19">
+        <v>2018</v>
+      </c>
+      <c r="J19" t="s">
+        <v>80</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>100</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>101</v>
+      </c>
+      <c r="P19" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>102</v>
+      </c>
+      <c r="B20"/>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>103</v>
+      </c>
+      <c r="E20" t="s">
+        <v>79</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20">
+        <v>2016</v>
+      </c>
+      <c r="J20" t="s">
+        <v>80</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>104</v>
+      </c>
+      <c r="P20" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>105</v>
+      </c>
+      <c r="B21"/>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>106</v>
+      </c>
+      <c r="E21" t="s">
+        <v>79</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>80</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>107</v>
+      </c>
+      <c r="P21" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B22"/>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>32</v>
+      </c>
+      <c r="E22" t="s">
+        <v>79</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>80</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>109</v>
+      </c>
+      <c r="P22" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>110</v>
+      </c>
+      <c r="B23" t="s">
+        <v>111</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>112</v>
+      </c>
+      <c r="E23" t="s">
+        <v>79</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>33</v>
+      </c>
+      <c r="H23">
+        <v>2001</v>
+      </c>
+      <c r="I23">
+        <v>2018</v>
+      </c>
+      <c r="J23" t="s">
+        <v>80</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>113</v>
+      </c>
+      <c r="P23" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>114</v>
+      </c>
+      <c r="B24"/>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>44</v>
+      </c>
+      <c r="E24" t="s">
+        <v>79</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>80</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>115</v>
+      </c>
+      <c r="P24" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>116</v>
+      </c>
+      <c r="B25"/>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>79</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2012</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>80</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>117</v>
+      </c>
+      <c r="P25" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>118</v>
+      </c>
+      <c r="B26"/>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>112</v>
+      </c>
+      <c r="E26" t="s">
+        <v>79</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>80</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>26</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>119</v>
+      </c>
+      <c r="P26" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>120</v>
+      </c>
+      <c r="B27" t="s">
+        <v>121</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>64</v>
+      </c>
+      <c r="E27" t="s">
+        <v>79</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2002</v>
       </c>
-      <c r="I10" t="s">
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>80</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>122</v>
+      </c>
+      <c r="P27"/>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>123</v>
+      </c>
+      <c r="B28" t="s">
+        <v>124</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>125</v>
+      </c>
+      <c r="E28" t="s">
+        <v>79</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>33</v>
+      </c>
+      <c r="H28">
+        <v>2002</v>
+      </c>
+      <c r="I28">
+        <v>2016</v>
+      </c>
+      <c r="J28" t="s">
+        <v>80</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>126</v>
+      </c>
+      <c r="P28" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>127</v>
+      </c>
+      <c r="B29" t="s">
+        <v>128</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>129</v>
+      </c>
+      <c r="E29" t="s">
+        <v>79</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>33</v>
+      </c>
+      <c r="H29">
+        <v>2000</v>
+      </c>
+      <c r="I29">
+        <v>2018</v>
+      </c>
+      <c r="J29" t="s">
+        <v>80</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>26</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>130</v>
+      </c>
+      <c r="P29" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>131</v>
+      </c>
+      <c r="B30"/>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>132</v>
+      </c>
+      <c r="E30" t="s">
+        <v>79</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2020</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>80</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>133</v>
+      </c>
+      <c r="P30" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>134</v>
+      </c>
+      <c r="B31"/>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>135</v>
+      </c>
+      <c r="E31" t="s">
+        <v>79</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2010</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>80</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>136</v>
+      </c>
+      <c r="P31" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>137</v>
+      </c>
+      <c r="B32"/>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>92</v>
+      </c>
+      <c r="E32" t="s">
+        <v>79</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2018</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>80</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>138</v>
+      </c>
+      <c r="P32" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>139</v>
+      </c>
+      <c r="B33" t="s">
+        <v>140</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>141</v>
+      </c>
+      <c r="E33" t="s">
+        <v>79</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2020</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>80</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>142</v>
+      </c>
+      <c r="P33" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>143</v>
+      </c>
+      <c r="B34" t="s">
+        <v>144</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>145</v>
+      </c>
+      <c r="E34" t="s">
+        <v>79</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2002</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>80</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>146</v>
+      </c>
+      <c r="P34" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>147</v>
+      </c>
+      <c r="B35" t="s">
+        <v>148</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>145</v>
+      </c>
+      <c r="E35" t="s">
         <v>20</v>
       </c>
-      <c r="J10" t="s">
-[...32 lines deleted...]
-      <c r="G11">
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>33</v>
+      </c>
+      <c r="H35">
+        <v>1991</v>
+      </c>
+      <c r="I35">
+        <v>2009</v>
+      </c>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>149</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>150</v>
+      </c>
+      <c r="P35" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>151</v>
+      </c>
+      <c r="B36" t="s">
+        <v>152</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>145</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>33</v>
+      </c>
+      <c r="H36">
+        <v>1991</v>
+      </c>
+      <c r="I36">
+        <v>2002</v>
+      </c>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>153</v>
+      </c>
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>154</v>
+      </c>
+      <c r="P36" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>155</v>
+      </c>
+      <c r="B37" t="s">
+        <v>156</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>145</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>33</v>
+      </c>
+      <c r="H37">
+        <v>1991</v>
+      </c>
+      <c r="I37">
+        <v>2016</v>
+      </c>
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>157</v>
+      </c>
+      <c r="M37" t="s">
+        <v>40</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>158</v>
+      </c>
+      <c r="P37" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>159</v>
+      </c>
+      <c r="B38" t="s">
+        <v>160</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>129</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>33</v>
+      </c>
+      <c r="H38">
+        <v>1996</v>
+      </c>
+      <c r="I38">
         <v>2011</v>
       </c>
-      <c r="H11"/>
-      <c r="I11" t="s">
+      <c r="J38" t="s">
+        <v>23</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>161</v>
+      </c>
+      <c r="M38" t="s">
+        <v>26</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>162</v>
+      </c>
+      <c r="P38" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>163</v>
+      </c>
+      <c r="B39" t="s">
+        <v>129</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>164</v>
+      </c>
+      <c r="E39" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
-[...1140 lines deleted...]
-      </c>
       <c r="F39" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>33</v>
       </c>
       <c r="H39">
         <v>2011</v>
       </c>
-      <c r="I39" t="s">
+      <c r="I39">
+        <v>2011</v>
+      </c>
+      <c r="J39" t="s">
+        <v>23</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>161</v>
+      </c>
+      <c r="M39" t="s">
+        <v>26</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>165</v>
+      </c>
+      <c r="P39" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>163</v>
+      </c>
+      <c r="B40" t="s">
+        <v>129</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>129</v>
+      </c>
+      <c r="E40" t="s">
         <v>20</v>
       </c>
-      <c r="J39" t="s">
-[...5 lines deleted...]
-      <c r="L39" t="s">
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>33</v>
+      </c>
+      <c r="H40">
+        <v>1996</v>
+      </c>
+      <c r="I40">
+        <v>2011</v>
+      </c>
+      <c r="J40" t="s">
         <v>23</v>
       </c>
-      <c r="M39" t="s">
-[...31 lines deleted...]
-      <c r="I40" t="s">
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>161</v>
+      </c>
+      <c r="M40" t="s">
+        <v>26</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>166</v>
+      </c>
+      <c r="P40" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>167</v>
+      </c>
+      <c r="B41" t="s">
+        <v>168</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>32</v>
+      </c>
+      <c r="E41" t="s">
+        <v>79</v>
+      </c>
+      <c r="F41" t="s">
+        <v>169</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>23</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>26</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>170</v>
+      </c>
+      <c r="P41" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>171</v>
+      </c>
+      <c r="B42" t="s">
+        <v>172</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>173</v>
+      </c>
+      <c r="E42" t="s">
+        <v>79</v>
+      </c>
+      <c r="F42" t="s">
+        <v>169</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2018</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>23</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>26</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>174</v>
+      </c>
+      <c r="P42" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>176</v>
+      </c>
+      <c r="B43" t="s">
+        <v>177</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>173</v>
+      </c>
+      <c r="E43" t="s">
         <v>20</v>
       </c>
-      <c r="J40" t="s">
-[...5 lines deleted...]
-      <c r="L40" t="s">
+      <c r="F43" t="s">
+        <v>169</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2018</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
         <v>23</v>
       </c>
-      <c r="M40" t="s">
-[...22 lines deleted...]
-      <c r="F41" t="s">
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>26</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>178</v>
+      </c>
+      <c r="P43" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>180</v>
+      </c>
+      <c r="B44" t="s">
+        <v>181</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
         <v>19</v>
       </c>
-      <c r="G41">
-[...3 lines deleted...]
-      <c r="I41" t="s">
+      <c r="E44" t="s">
         <v>20</v>
       </c>
-      <c r="J41" t="s">
-[...3 lines deleted...]
-      <c r="L41" t="s">
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>33</v>
+      </c>
+      <c r="H44">
+        <v>2010</v>
+      </c>
+      <c r="I44">
+        <v>2017</v>
+      </c>
+      <c r="J44" t="s">
         <v>23</v>
       </c>
-      <c r="M41" t="s">
-[...22 lines deleted...]
-      <c r="F42" t="s">
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>182</v>
+      </c>
+      <c r="M44" t="s">
+        <v>26</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>183</v>
+      </c>
+      <c r="P44" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>185</v>
+      </c>
+      <c r="B45" t="s">
+        <v>186</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
         <v>19</v>
       </c>
-      <c r="G42">
-[...3 lines deleted...]
-      <c r="I42" t="s">
+      <c r="E45" t="s">
         <v>20</v>
       </c>
-      <c r="J42" t="s">
-[...3 lines deleted...]
-      <c r="L42" t="s">
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2010</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
         <v>23</v>
       </c>
-      <c r="M42" t="s">
-[...118 lines deleted...]
-      </c>
       <c r="K45" t="s">
-        <v>152</v>
+        <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>23</v>
+        <v>187</v>
       </c>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N45" t="s">
-        <v>153</v>
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>188</v>
+      </c>
+      <c r="P45" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>