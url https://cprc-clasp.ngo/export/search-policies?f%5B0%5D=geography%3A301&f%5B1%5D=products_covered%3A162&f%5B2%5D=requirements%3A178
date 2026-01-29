--- v0 (2025-10-13)
+++ v1 (2026-01-29)
@@ -12,251 +12,312 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CFL standard</t>
   </si>
   <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CNS 10839 CNS 14567</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cfl-standard</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>CNS 14576</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Fluorescent Lamps with Embedded Ballasts</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>The product shall meet the definition of fluorescent lamp products with embedded ballasts as defined in CNS 14125.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=17</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
+  </si>
+  <si>
     <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
   </si>
   <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
+  </si>
+  <si>
     <t>Greenmark N129 - LED Lamps</t>
   </si>
   <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n129-led-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N22 - Energy Saving Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Products shall meet the definition of CNS 14576 for compact fluorescent lamps or the definition of CNS 14125 for fluorescent lamps with embedded ballasts. Product characteristics: - The products energy efficiency shall meet the Energy Efficiency and Labeling Requirements for Compact Fluorescent Lamps or the Energy Efficiency and Labeling Requirements for Fluorescent Lamps with Embedded Ballasts of the Energy Labeling Program Bureau of Energy Ministry of Economic Affairs. - The products average Color Rendering Index -CRI; shall be equal to or greater than 80. - The products 1000-hr lumen maintenance ratio shall be greater than 90 percent. - The products content of mercury shall be below the regulatory limit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n22-energy-saving-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/22/9e3cecb0-7cf3-4a18-9de0-1b0bfd83e70b.pdf</t>
+  </si>
+  <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
+    <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
+  </si>
+  <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>Revisions to Requirements on Minimum Energy Performance Standard Energy Efficiency Indication and Inspection for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The fluorescent lamps denoted in this draft are those meeting the definition of CNS 691 Fluorescent lamps- for general lighting service;  general color rendering index Ra not larger than 95 and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_outweb/gen/law/upt.asp?p0=9</t>
+  </si>
+  <si>
     <t>Self-Ballast Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
   </si>
   <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/self-ballast-fluorescent-lamps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -520,575 +581,644 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="154" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="845.794" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="124.97" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
-      </c>
-[...72 lines deleted...]
-        <v>27</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
-      <c r="G4">
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
         <v>2002</v>
       </c>
-      <c r="H4">
+      <c r="I4">
         <v>2009</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>34</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...8 lines deleted...]
-      <c r="M4" t="s">
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M6" t="s">
         <v>34</v>
       </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
-[...12 lines deleted...]
-      <c r="E5" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="F5" t="s">
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
-[...3 lines deleted...]
-      <c r="I5" t="s">
+      <c r="E8" t="s">
         <v>20</v>
-      </c>
-[...112 lines deleted...]
-        <v>27</v>
       </c>
       <c r="F8" t="s">
         <v>32</v>
       </c>
-      <c r="G8">
+      <c r="G8" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8">
         <v>2001</v>
       </c>
-      <c r="H8">
+      <c r="I8">
         <v>2013</v>
       </c>
-      <c r="I8" t="s">
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>59</v>
+      </c>
+      <c r="P8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J8" t="s">
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G9" t="s">
+        <v>39</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
-      <c r="I9" t="s">
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>63</v>
+      </c>
+      <c r="M9" t="s">
+        <v>34</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" t="s">
+        <v>66</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J9" t="s">
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...2 lines deleted...]
-      <c r="L9" t="s">
+      <c r="G10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2017</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>67</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>68</v>
+      </c>
+      <c r="P10" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>72</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>73</v>
+      </c>
+      <c r="P11" t="s">
         <v>29</v>
-      </c>
-[...90 lines deleted...]
-        <v>53</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>