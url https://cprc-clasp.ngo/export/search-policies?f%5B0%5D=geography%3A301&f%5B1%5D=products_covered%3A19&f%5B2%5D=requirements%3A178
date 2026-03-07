--- v0 (2025-10-13)
+++ v1 (2026-03-07)
@@ -12,194 +12,225 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Dryers</t>
   </si>
   <si>
+    <t>Clothes Dryer</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-clothes-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=2</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Washers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8450 under the clothes washers category or recognized by the Bureau of Energy of MOEA as Washing Machines and shall also meet the requirements of CNS 3765-7. Covers both top-loading and front-loading types.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=6</t>
+  </si>
+  <si>
     <t>Greenmark N23 - Clothes Washers</t>
   </si>
   <si>
+    <t>Clothes Washers which meet the definition of CNS 14979. It does not include products which only have the water removal or cloth drying functions. This standard is applicable to the following types of products: Top-load or upright type: Products as defined in Sections 3.1.2, 3.1.4 or 3.1.5 of CNS 14979, including those involving jet stream; stirring; scrolling or whirlpool movements for cleaning purpose. Front-load or drum type: Products as defined in Section 3.1.3 of CNS 14979.</t>
+  </si>
+  <si>
     <t>CNS 14979</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N70 - Electric Clothes Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric clothes dryers; which meet the definition of CNS 4673</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n70-electric-clothes-dryers</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/70/bf405016-8728-4836-b440-0948958ef7ec.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -463,325 +494,358 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="87" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="569.718" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="123.827" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2001</v>
+      </c>
+      <c r="I2">
+        <v>2002</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2002</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4">
+        <v>2014</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2001</v>
       </c>
-      <c r="H2">
-[...11 lines deleted...]
-      <c r="L2" t="s">
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...116 lines deleted...]
-        <v>34</v>
+      <c r="O5" t="s">
+        <v>43</v>
+      </c>
+      <c r="P5" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>