--- v0 (2025-10-13)
+++ v1 (2026-01-25)
@@ -12,164 +12,177 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -433,193 +446,208 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="173" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="173.243" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="357.341" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2010</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
       <c r="M2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N2" t="s">
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>