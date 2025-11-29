--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,212 +12,246 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier-0</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
+  </si>
+  <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -481,363 +515,400 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="153" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="279.503" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="147.393" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L4" t="s">
         <v>25</v>
       </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5"/>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>38</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>44</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="G3">
-[...5 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...51 lines deleted...]
-      <c r="N4" t="s">
+      <c r="F6" t="s">
+        <v>49</v>
+      </c>
+      <c r="G6" t="s">
         <v>32</v>
-      </c>
-[...63 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H6">
         <v>2011</v>
       </c>
-      <c r="I6" t="s">
-        <v>20</v>
+      <c r="I6">
+        <v>2011</v>
       </c>
       <c r="J6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
-        <v>40</v>
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>