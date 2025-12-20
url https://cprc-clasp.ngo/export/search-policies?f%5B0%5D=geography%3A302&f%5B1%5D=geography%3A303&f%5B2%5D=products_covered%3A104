--- v0 (2025-10-10)
+++ v1 (2025-12-20)
@@ -12,267 +12,319 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Air Conditioners, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an air conditioner split type, which is designed to be separated into two working parts: a condensing unit and a fan-coil unit. Alternating current (AC) power at a frequency of 50 Hz for use to reduce the temperature and humidity of the air flowing through the fan coil unit. Size categories of an air conditioner (watts): 1. Not more than 8,000 watts and 2. More than 8,000 but not more than 12,000 watts.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-air-conditioners-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/25.PDF</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Room Air Conditioner TGL-7-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to air conditioning products (including motor-compressor) with a rated voltage of up to 250 V for single-phase air conditioners and 600 V for multi-phase air conditioners with a total cooling capacity of not more than 18,000 watts.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>TIS 1529</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-07-R4-20.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This program covers split type air conditioners - floor/ceiling type, wall type, concealed/duct type, cassette type, and floor standing type.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2710–2015 or ISO 5151 : 2010
 ,   
                     TIS 2711-2015 or ISO 13253 : 2011
 ,   
                     TIS 2714, Volume 1–2015 or ISO 16358-1 : 2013</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-conditioners</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/11/short_air.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
+    <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://a.tisi.go.th/t/?n=7393</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -536,481 +588,538 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="104" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="104.832" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="587.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>32</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>38</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>32</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>40</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K6" t="s">
+        <v>32</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G7" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7">
+        <v>1995</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>32</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>31</v>
+      </c>
+      <c r="G8" t="s">
+        <v>53</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2013</v>
+      </c>
+      <c r="J8" t="s">
+        <v>47</v>
+      </c>
+      <c r="K8" t="s">
+        <v>32</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>36</v>
+      </c>
+      <c r="D9" t="s">
+        <v>45</v>
+      </c>
+      <c r="E9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...19 lines deleted...]
-      <c r="E3" t="s">
+      <c r="H9">
+        <v>2023</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>60</v>
+      </c>
+      <c r="K9" t="s">
+        <v>32</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>72</v>
+      </c>
+      <c r="N9" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...270 lines deleted...]
-        <v>57</v>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>