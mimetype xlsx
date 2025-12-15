--- v0 (2025-10-10)
+++ v1 (2025-12-15)
@@ -12,197 +12,234 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -466,317 +503,350 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="98.976" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...110 lines deleted...]
-        <v>35</v>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>