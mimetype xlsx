--- v0 (2025-10-11)
+++ v1 (2025-12-14)
@@ -12,329 +12,387 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
+  </si>
+  <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -598,791 +656,890 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="160" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="496.593" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2006</v>
+      </c>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>39</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>42</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...24 lines deleted...]
-      <c r="I3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
         <v>31</v>
       </c>
-      <c r="J3" t="s">
-[...2 lines deleted...]
-      <c r="K3" t="s">
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
         <v>33</v>
       </c>
-      <c r="L3" t="s">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>39</v>
+      </c>
+      <c r="N6" t="s">
+        <v>40</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>35</v>
-      </c>
-[...150 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H7">
         <v>2002</v>
       </c>
-      <c r="I7" t="s">
+      <c r="I7">
+        <v>2002</v>
+      </c>
+      <c r="J7" t="s">
+        <v>36</v>
+      </c>
+      <c r="K7" t="s">
+        <v>60</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>39</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
         <v>31</v>
       </c>
-      <c r="J7" t="s">
-[...5 lines deleted...]
-      <c r="L7" t="s">
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>46</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>1998</v>
+      </c>
+      <c r="I8">
+        <v>2009</v>
+      </c>
+      <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
+        <v>60</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>39</v>
+      </c>
+      <c r="N8" t="s">
+        <v>40</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
         <v>34</v>
       </c>
-      <c r="M7" t="s">
-[...3 lines deleted...]
-        <v>52</v>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>69</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>39</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>42</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...3 lines deleted...]
-      <c r="B8" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>36</v>
+      </c>
+      <c r="K10" t="s">
+        <v>60</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>39</v>
+      </c>
+      <c r="N10" t="s">
         <v>26</v>
       </c>
-      <c r="C8" t="s">
-[...17 lines deleted...]
-      <c r="I8" t="s">
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>75</v>
+      </c>
+      <c r="B11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" t="s">
         <v>31</v>
       </c>
-      <c r="J8" t="s">
-[...5 lines deleted...]
-      <c r="L8" t="s">
+      <c r="D11" t="s">
+        <v>77</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
         <v>34</v>
       </c>
-      <c r="M8" t="s">
+      <c r="G11" t="s">
         <v>35</v>
-      </c>
-[...110 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H11">
         <v>2002</v>
       </c>
-      <c r="I11" t="s">
+      <c r="I11">
+        <v>2002</v>
+      </c>
+      <c r="J11" t="s">
+        <v>36</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>78</v>
+      </c>
+      <c r="M11" t="s">
+        <v>39</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>79</v>
+      </c>
+      <c r="P11" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" t="s">
         <v>31</v>
       </c>
-      <c r="J11" t="s">
-[...5 lines deleted...]
-      <c r="L11" t="s">
+      <c r="D12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
         <v>34</v>
       </c>
-      <c r="M11" t="s">
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>1999</v>
+      </c>
+      <c r="I12">
+        <v>2009</v>
+      </c>
+      <c r="J12" t="s">
+        <v>36</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>83</v>
+      </c>
+      <c r="M12" t="s">
+        <v>39</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>84</v>
+      </c>
+      <c r="P12" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B13" t="s">
+        <v>86</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>45</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2002</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>87</v>
+      </c>
+      <c r="M13" t="s">
+        <v>39</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>88</v>
+      </c>
+      <c r="P13" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>89</v>
+      </c>
+      <c r="B14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" t="s">
+        <v>31</v>
+      </c>
+      <c r="D14" t="s">
+        <v>59</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2002</v>
+      </c>
+      <c r="I14">
+        <v>2010</v>
+      </c>
+      <c r="J14" t="s">
+        <v>36</v>
+      </c>
+      <c r="K14" t="s">
+        <v>60</v>
+      </c>
+      <c r="L14" t="s">
+        <v>91</v>
+      </c>
+      <c r="M14" t="s">
+        <v>39</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>92</v>
+      </c>
+      <c r="P14" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B15" t="s">
+        <v>94</v>
+      </c>
+      <c r="C15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" t="s">
+        <v>59</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
+        <v>2002</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>36</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>39</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>95</v>
+      </c>
+      <c r="P15" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>96</v>
+      </c>
+      <c r="B16" t="s">
+        <v>97</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>46</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="N11" t="s">
-[...7 lines deleted...]
-      <c r="B12" t="s">
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
         <v>26</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="O16" t="s">
+        <v>98</v>
+      </c>
+      <c r="P16" t="s">
         <v>28</v>
-      </c>
-[...196 lines deleted...]
-        <v>79</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>