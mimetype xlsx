--- v0 (2025-10-15)
+++ v1 (2026-01-28)
@@ -12,450 +12,551 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
-    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
-[...2 lines deleted...]
-    <t>Air Conditioning</t>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
-    <t>PNS ISO 5151
-[...12 lines deleted...]
-  <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) for Domestic Application 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for  Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) according to section 5 and 9 of Department Circular No. 2020-06-0015. These devices are for household appliances, lighting, and related equipment for use on single phase low voltage alternating current (AC) supply.</t>
   </si>
   <si>
     <t>Asia and Pacific, Philippines</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>PNS 2080:2010
 ,   
                     PNS IEC 62301:2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices-esd-low</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
                     PNS IEC 62552-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-refrigerating-appliances-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-refrigerating</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
   </si>
   <si>
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
   </si>
   <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
   </si>
   <si>
+    <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
+  </si>
+  <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -719,1039 +820,1124 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="208" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="160.389" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>41</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H5">
+        <v>2023</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...6 lines deleted...]
-      <c r="I3" t="s">
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...3 lines deleted...]
-      <c r="L3" t="s">
+      <c r="F6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
-      </c>
-[...111 lines deleted...]
-        <v>2023</v>
       </c>
       <c r="H6">
         <v>2024</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2023</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>48</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2024</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>49</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>49</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>48</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>49</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>48</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
+      <c r="J11" t="s">
+        <v>49</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>87</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D12" t="s">
+        <v>37</v>
+      </c>
+      <c r="E12" t="s">
+        <v>38</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>40</v>
       </c>
-      <c r="J6" t="s">
-[...5 lines deleted...]
-      <c r="L6" t="s">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>42</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>39</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
-[...7 lines deleted...]
-      <c r="A7" t="s">
+      <c r="H13">
+        <v>2002</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>96</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G14" t="s">
+        <v>102</v>
+      </c>
+      <c r="H14">
+        <v>2007</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>96</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>103</v>
+      </c>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>104</v>
+      </c>
+      <c r="P14" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>106</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>101</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>39</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2006</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>96</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>107</v>
+      </c>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>112</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>39</v>
+      </c>
+      <c r="G16" t="s">
+        <v>102</v>
+      </c>
+      <c r="H16">
+        <v>2007</v>
+      </c>
+      <c r="I16">
+        <v>2015</v>
+      </c>
+      <c r="J16" t="s">
+        <v>96</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>113</v>
+      </c>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>114</v>
+      </c>
+      <c r="P16" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>95</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>39</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2007</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>96</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>117</v>
+      </c>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P17" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>86</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>39</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>96</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>121</v>
+      </c>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>122</v>
+      </c>
+      <c r="P18" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>124</v>
+      </c>
+      <c r="B19" t="s">
+        <v>125</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>48</v>
+      </c>
+      <c r="G19" t="s">
+        <v>102</v>
+      </c>
+      <c r="H19">
+        <v>1993</v>
+      </c>
+      <c r="I19">
+        <v>2007</v>
+      </c>
+      <c r="J19" t="s">
+        <v>96</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>127</v>
+      </c>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>128</v>
+      </c>
+      <c r="P19" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>132</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>39</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>96</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>133</v>
+      </c>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>136</v>
+      </c>
+      <c r="B21" t="s">
+        <v>137</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
         <v>47</v>
       </c>
-      <c r="B7" t="s">
-[...8 lines deleted...]
-      <c r="E7" t="s">
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>39</v>
       </c>
-      <c r="F7" t="s">
-[...15 lines deleted...]
-      <c r="L7" t="s">
+      <c r="G21" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
-[...241 lines deleted...]
-      <c r="G13">
+      <c r="H21">
         <v>2013</v>
       </c>
-      <c r="H13"/>
-[...272 lines deleted...]
-      <c r="A20" t="s">
+      <c r="I21"/>
+      <c r="J21" t="s">
         <v>96</v>
       </c>
-      <c r="B20" t="s">
-[...67 lines deleted...]
-      </c>
       <c r="K21" t="s">
-        <v>102</v>
+        <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>22</v>
+        <v>138</v>
       </c>
       <c r="M21" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N21" t="s">
-        <v>103</v>
-[...41 lines deleted...]
-        <v>106</v>
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>139</v>
+      </c>
+      <c r="P21" t="s">
+        <v>140</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>