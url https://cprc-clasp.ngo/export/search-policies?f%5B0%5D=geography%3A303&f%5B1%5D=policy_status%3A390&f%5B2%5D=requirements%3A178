--- v0 (2025-10-13)
+++ v1 (2026-01-26)
@@ -12,1436 +12,1470 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="403">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="436">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>Energy Efficiency Label No5 for Air Purifiers</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Label No5 for Short Pans</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency level criteria and testing requirements for electric pans. The criteria for energy efficiency levels (electricity cost [baht/year]) for electric pans are: 
+number5: 78.00-79.99
+number5*: 80.00-81.99 
+number5**: 82.00-83.99
+number5***: &gt;=84.00</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
-    <t>Air Cleaners</t>
+    <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>TIS 2673-2016</t>
+  </si>
+  <si>
+    <t>Electricity Generating Authority of Thailand</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-short-pans</t>
+  </si>
+  <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/10/short_pan.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for 1 phase motor</t>
+  </si>
+  <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
+    <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>April 2022</t>
+  </si>
+  <si>
+    <t>IEC 60034-2-1</t>
+  </si>
+  <si>
+    <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-1-phase-motor</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for 3 phase motor</t>
+  </si>
+  <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
+    <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
+  </si>
+  <si>
+    <t>TIS 867-2550 or IEC 60034-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-3-phase-motor</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Aerated Concrete</t>
+  </si>
+  <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
+    <t>Building Materials, Envelopes</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>ASTM C177-04</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-aerated-concrete</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Electric Deep Fryer</t>
+  </si>
+  <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
+    <t>Fryers</t>
+  </si>
+  <si>
+    <t>TIS 2717-2559</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-electric-deep-fryer</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Fiberglass Insulation</t>
+  </si>
+  <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
+    <t>Building Materials, Insulations</t>
+  </si>
+  <si>
+    <t>ISO 8301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-fiberglass-insulation</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Infrared gas stove</t>
+  </si>
+  <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
+    <t>LPG Stoves</t>
+  </si>
+  <si>
+    <t>LPG</t>
+  </si>
+  <si>
+    <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
+  </si>
+  <si>
+    <t>Cookstoves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-infrared-gas-stove</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
+  </si>
+  <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
+    <t>Kitchen, LPG Stoves</t>
+  </si>
+  <si>
+    <t>TIS 2312-2549</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Range Hood</t>
+  </si>
+  <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>TIS 710–2530 or JIS C 9603:1988</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-range-hood</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Tile Roof</t>
+  </si>
+  <si>
+    <t>This scheme covers tile roofs including concrete tile, clay tile, and fiber cement tile.</t>
+  </si>
+  <si>
+    <t>Building Materials, Roof Materials and Coatings</t>
+  </si>
+  <si>
+    <t>ASTM E903</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-tile-roof</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/16_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Variable Speed Drive</t>
+  </si>
+  <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
+    <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
+  </si>
+  <si>
+    <t>IEC 61800-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...54 lines deleted...]
-    <t>Energy Efficiency Label No5 for LEDs</t>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing High Efficiency Electric Rice Cookers, B.E. 2552 (2009)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electric rice cookers that automatically convert electricity into heat for cooking rice and maintaining a certain warming temperature range. It covers electric rice cookers with a wattage range from 400 to 800 watts.</t>
+  </si>
+  <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-rice-cookers-be-2552-2009</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/47.PDF</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers self-ballasted lamps (with built-in ballast) which are pre-assembled by the manufacturer and applies to single-phase alternating current (AC) rated voltage of 220 volts, frequency of 50 hertz. The following self-ballasted lamps are not included: (1) lamps that provide a spectrum other than the visible; (2) color viewing lamps; (3) lamps used in industrial or agricultural; (4) medical lamps; and (5) lamps for specific use (not intended use as general)</t>
+  </si>
+  <si>
+    <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-self-ballasted-lamps-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048415</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing High Efficiency Single Capped Fluorescent Lamp, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers single-capped fluorescent lamps intended for use in an external circuit and applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>IES LM-79-08
-[...77 lines deleted...]
-    <t>Energy Efficiency Label No5 for Water Dispenser</t>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-single-capped-fluorescent-lamp-be-2558</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048432</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers ballasts for fluorescent lamps which are used for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts, which applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz. The following fluorescent lamps are not included: (1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-ballasts-fluorescent-lamps-be-2558</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048413</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
+    <t>Kitchen, Electric Kettles</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
+    <t>Kitchen, Electric Hot Pots</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Electronic Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electronic ballasts for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts which applies to one-phase alternating current rated voltage of 220 volts, frequency 50 hertz. The following fluorescent lamps are not included:(1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electronic-ballasts-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048414</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
+    <t>Electronics, Audio-Visual, Home Theater Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
+    <t>Electronics, Information Technology, Imaging Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
+    <t>Electronics, Audio-Visual, Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
+    <t>Kitchen, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing High Efficiency Clothes Washers, B.E. 2564 (2021)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin tub, front load), with a rated voltage not exceeding 250 V for single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
+    <t>Laundry, Washing Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021-0</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063742</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
-    <t>TIS 2746-2559</t>
-[...20 lines deleted...]
-    <t>Fluorescent and HID Lighting</t>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
+  </si>
+  <si>
+    <t>Kitchen, Ovens</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing High Efficiency Electric Water Heaters, B.E. 2552 (2009)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers an electric water heater means an appliance that instantly raises the temperature of the water flowing through it without retaining water. Power size of the electric water heater (watts): 1. less than 4,000 watts, 2. 4,000 to 5,500 watts, and 3. more than 5,500 watts.</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-water-heaters-be-2552-2009</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/43.PDF</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
+    <t>Pumps, Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing High Efficiency Refrigerators, B.E. 2552 (2009)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers refrigerators for household use that are insulated with heat and have an electric cooler with equipment and volume suitable for use in the residence.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-refrigerators-be-2552-2009</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/28.PDF</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
+    <t>Electronics, Information Technology, Computers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
+    <t>Kitchen, Microwaves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
+    <t>Electronics, Audio-Visual, Displays</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
+    <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
+    <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
+    <t>TIS 1516 (or IEC 60335-2-65)</t>
+  </si>
+  <si>
+    <t>Thailand Environment Institute (TEI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
+    <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
+    <t>TIS 486</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
+  </si>
+  <si>
+    <t>Thai Green Label Scheme - Dishwashers TGL-83-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dishwashers used in housing.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
     <t>December 2020</t>
-  </si>
-[...462 lines deleted...]
-    <t>Dishwashers</t>
   </si>
   <si>
     <t>TIS 1838 (or IEC 60335-2-5, EN 60335-2-5), Household dishwashers
 ,   
                     TIS 1839 (or IEC 60335-2-5, EN 60335-2-5), Commercial dishwashers
 ,   
                     IEC 62321
 ,   
                     IEC 60436
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-dishwashers-tgl-83-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-83-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric irons TGL-87-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
+  </si>
+  <si>
+    <t>Irons</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric rice-cookers TGL-73-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric rice cookers with a rated voltage not exceeding 250 V and with a capacity not exceeding 10 liters for residential use or similar purposes.</t>
+  </si>
+  <si>
     <t>TIS 1039</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-rice-cookers-tgl-73-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-73-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Thermo Pot TGL-63-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric thermo pots for residential use (single-phase alternating current (AC), frequency 50 Hz, rated voltage not more than 250 V, rated water capacity not more than 10 liters)</t>
+  </si>
+  <si>
     <t>TIS 2062</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-thermo-pot-tgl-63-12</t>
   </si>
   <si>
-    <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
-[...53 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-63-12.pdf</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
   </si>
   <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
   </si>
   <si>
-    <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
-[...12 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Instantaneous Water Heater TGL-95-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to single-point and multi-point instantaneous electric water heaters. The rated single-phase AC voltage does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>TIS 1693</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-instantaneous-water-heater-tgl-95-14</t>
   </si>
   <si>
-    <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
-[...22 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-95-14.pdf</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
-    <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
   </si>
   <si>
-    <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Toaster TGL-92-14</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic pop-up toasters.</t>
   </si>
   <si>
     <t>Kitchen, Toasters</t>
   </si>
   <si>
     <t>TIS 1641
 ,   
                     IEC 60335-2-9
 ,   
                     TIS 2238</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-toaster-tgl-92-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-92-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
   <si>
-    <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
   </si>
   <si>
-    <t>The Energy Efficiency for No. 5 Label for CFLs</t>
-[...22 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-conditioners</t>
+    <t>http://www.tei.or.th/greenlabel/en/application.html</t>
   </si>
   <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
+  </si>
+  <si>
+    <t>Air Cleaners</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
-    <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
-[...70 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-rice-cookers</t>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
   </si>
   <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>TIS 2310-2556 (2013) self-ballasted lamps for general lighting services: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency requirements of self­ ballasted lamps for general lighting services with a rated voltage of 220 V to 240 V 50 Hz, in accordance with the scope of TIS 2233. This standard specifies requirements for lamps intended for use indoor and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2310-2556-2013-self-ballasted-lamps-general-lighting-services-energy-efficiency</t>
   </si>
   <si>
-    <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/188/9.PDF</t>
   </si>
   <si>
     <t>TIS 2432-2555 (2012) Plugs and socket-outlets for household and similar purposes: cord extension sets</t>
   </si>
   <si>
+    <t>This standard applies to cord extension sets (rewirable and non-rewirable) with a rated voltage greater than 50 V but not exceeding 440 V and a rated current not exceeding 16 A, intended for household and similar purposes, either indoors or outdoors. This standard does not apply to cord extension sets with means for reeling.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion, Power strips</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2432-2555-2012-plugs-and-socket-outlets-household-and-similar-purposes-cord-extension</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS-2432-2555m_Auto1849.pdf</t>
+  </si>
+  <si>
     <t>TIS 2545-2555 (2012) Electric rice-cookers : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies heat efficiency requirements for household electric rice cookers. Covers only single-phase electric rice cookers with a rated frequency of 50 Hz, a rated voltage not exceeding 250 volts, a rated power supply not exceeding 2 kW, and a rated capacity not exceeding 5 Litres. This policy prescribes the general requirements, mark, sampling, and criteria for conformity and testing.</t>
+  </si>
+  <si>
     <t>Kitchen, Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2545-2555-2012-electric-rice-cookers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/006/16.PDF</t>
+  </si>
+  <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
-    <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
+  </si>
+  <si>
     <t>TIS 2674-2559 (2016) Electric ovens: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric ovens intended for household and similar purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2674-2559-2016-electric-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_371.PDF</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
+  </si>
+  <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1705,4835 +1739,3724 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N113"/>
+  <dimension ref="A1:P77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="154" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>35</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>66</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>35</v>
+      </c>
+      <c r="N8" t="s">
+        <v>68</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>33</v>
+      </c>
+      <c r="K9" t="s">
+        <v>66</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>35</v>
+      </c>
+      <c r="N9" t="s">
+        <v>68</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>35</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>33</v>
+      </c>
+      <c r="K11" t="s">
+        <v>47</v>
+      </c>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
+      <c r="M11" t="s">
+        <v>35</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2022</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>33</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" t="s">
+        <v>35</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>98</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>99</v>
+      </c>
+      <c r="K13" t="s">
+        <v>47</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>100</v>
+      </c>
+      <c r="P13" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>102</v>
+      </c>
+      <c r="B14" t="s">
+        <v>103</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>98</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>33</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>35</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>109</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>98</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>33</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>35</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>110</v>
+      </c>
+      <c r="P15" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>114</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>98</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>33</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>35</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>119</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>98</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>99</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>35</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>122</v>
+      </c>
+      <c r="B18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>124</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>98</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>33</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>125</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>128</v>
+      </c>
+      <c r="B19" t="s">
+        <v>129</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>130</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>131</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>33</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>35</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>132</v>
+      </c>
+      <c r="P19" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>134</v>
+      </c>
+      <c r="B20" t="s">
+        <v>135</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>124</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>98</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>33</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>35</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>136</v>
+      </c>
+      <c r="P20" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>138</v>
+      </c>
+      <c r="B21" t="s">
+        <v>139</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>140</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>98</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>33</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>35</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>141</v>
+      </c>
+      <c r="P21" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>143</v>
+      </c>
+      <c r="B22" t="s">
+        <v>144</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>145</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>98</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>33</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>35</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>124</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>98</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>33</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>35</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>150</v>
+      </c>
+      <c r="P23" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>152</v>
+      </c>
+      <c r="B24" t="s">
+        <v>153</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>154</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>98</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>33</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>35</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>155</v>
+      </c>
+      <c r="P24" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>157</v>
+      </c>
+      <c r="B25" t="s">
+        <v>158</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>159</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>98</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>33</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>35</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>160</v>
+      </c>
+      <c r="P25" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>162</v>
+      </c>
+      <c r="B26" t="s">
+        <v>163</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>164</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>98</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>33</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>35</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>165</v>
+      </c>
+      <c r="P26" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>167</v>
+      </c>
+      <c r="B27" t="s">
+        <v>168</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>169</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>98</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>33</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>35</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>170</v>
+      </c>
+      <c r="P27" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>172</v>
+      </c>
+      <c r="B28" t="s">
+        <v>173</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>91</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>98</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2015</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>33</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>35</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>174</v>
+      </c>
+      <c r="P28" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>176</v>
+      </c>
+      <c r="B29" t="s">
+        <v>177</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>178</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>98</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>33</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>35</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>179</v>
+      </c>
+      <c r="P29" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>181</v>
+      </c>
+      <c r="B30" t="s">
+        <v>182</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>183</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>98</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2021</v>
       </c>
-      <c r="H2">
-[...5 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>33</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>35</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>184</v>
+      </c>
+      <c r="P30" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>186</v>
+      </c>
+      <c r="B31" t="s">
+        <v>187</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>188</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>98</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2021</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>99</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>35</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>189</v>
+      </c>
+      <c r="P31" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>191</v>
+      </c>
+      <c r="B32" t="s">
+        <v>192</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>193</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>98</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2021</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>33</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>35</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>194</v>
+      </c>
+      <c r="P32" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>196</v>
+      </c>
+      <c r="B33" t="s">
+        <v>197</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>198</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>98</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2009</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>99</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>35</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>199</v>
+      </c>
+      <c r="P33" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>201</v>
+      </c>
+      <c r="B34" t="s">
+        <v>202</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>203</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>98</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2021</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>33</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>35</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>204</v>
+      </c>
+      <c r="P34" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>206</v>
+      </c>
+      <c r="B35" t="s">
+        <v>207</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>208</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>98</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2009</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>33</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>35</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>209</v>
+      </c>
+      <c r="P35" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>211</v>
+      </c>
+      <c r="B36" t="s">
+        <v>212</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>213</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>98</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2015</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>33</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>35</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>214</v>
+      </c>
+      <c r="P36" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>216</v>
+      </c>
+      <c r="B37" t="s">
+        <v>217</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>218</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>98</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2015</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>33</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>35</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>219</v>
+      </c>
+      <c r="P37" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>221</v>
+      </c>
+      <c r="B38" t="s">
+        <v>222</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>178</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>98</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2015</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>33</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>35</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>223</v>
+      </c>
+      <c r="P38" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>225</v>
+      </c>
+      <c r="B39" t="s">
+        <v>226</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>79</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>98</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2015</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>99</v>
+      </c>
+      <c r="K39" t="s">
+        <v>66</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>35</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>227</v>
+      </c>
+      <c r="P39" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>229</v>
+      </c>
+      <c r="B40" t="s">
+        <v>230</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>231</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>98</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2015</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>33</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>35</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>232</v>
+      </c>
+      <c r="P40" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>234</v>
+      </c>
+      <c r="B41" t="s">
+        <v>235</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>236</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>131</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>33</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>35</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>237</v>
+      </c>
+      <c r="P41" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>239</v>
+      </c>
+      <c r="B42" t="s">
+        <v>240</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>159</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>98</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2015</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>33</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>35</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>241</v>
+      </c>
+      <c r="P42" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>243</v>
+      </c>
+      <c r="B43" t="s">
+        <v>244</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>245</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>246</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2014</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>33</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>247</v>
+      </c>
+      <c r="M43" t="s">
+        <v>248</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>249</v>
+      </c>
+      <c r="P43" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>251</v>
+      </c>
+      <c r="B44" t="s">
+        <v>252</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>97</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>246</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>1997</v>
+      </c>
+      <c r="I44">
+        <v>2011</v>
+      </c>
+      <c r="J44" t="s">
+        <v>99</v>
+      </c>
+      <c r="K44" t="s">
+        <v>47</v>
+      </c>
+      <c r="L44" t="s">
+        <v>253</v>
+      </c>
+      <c r="M44" t="s">
+        <v>248</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>254</v>
+      </c>
+      <c r="P44" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>256</v>
+      </c>
+      <c r="B45" t="s">
+        <v>257</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>258</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>246</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2013</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>259</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>260</v>
+      </c>
+      <c r="M45" t="s">
+        <v>248</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>261</v>
+      </c>
+      <c r="P45" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>263</v>
+      </c>
+      <c r="B46" t="s">
+        <v>264</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>265</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>246</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2012</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>99</v>
+      </c>
+      <c r="K46" t="s">
+        <v>47</v>
+      </c>
+      <c r="L46" t="s">
+        <v>266</v>
+      </c>
+      <c r="M46" t="s">
+        <v>248</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>267</v>
+      </c>
+      <c r="P46" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>269</v>
+      </c>
+      <c r="B47" t="s">
+        <v>270</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>271</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>246</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2011</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>99</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>272</v>
+      </c>
+      <c r="M47" t="s">
+        <v>248</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>273</v>
+      </c>
+      <c r="P47" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>275</v>
+      </c>
+      <c r="B48" t="s">
+        <v>276</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>246</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2013</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>259</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>277</v>
+      </c>
+      <c r="M48" t="s">
+        <v>248</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>278</v>
+      </c>
+      <c r="P48" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>280</v>
+      </c>
+      <c r="B49" t="s">
+        <v>281</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>282</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>246</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2013</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>99</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>283</v>
+      </c>
+      <c r="M49" t="s">
+        <v>248</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>284</v>
+      </c>
+      <c r="P49" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>286</v>
+      </c>
+      <c r="B50" t="s">
+        <v>287</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>119</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>246</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2012</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>99</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>288</v>
+      </c>
+      <c r="M50" t="s">
+        <v>248</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>289</v>
+      </c>
+      <c r="P50" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>291</v>
+      </c>
+      <c r="B51" t="s">
+        <v>292</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>145</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>246</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2012</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>33</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>293</v>
+      </c>
+      <c r="M51" t="s">
+        <v>248</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>294</v>
+      </c>
+      <c r="P51" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>296</v>
+      </c>
+      <c r="B52" t="s">
+        <v>297</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>298</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>246</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2013</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>299</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>300</v>
+      </c>
+      <c r="M52" t="s">
+        <v>248</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>301</v>
+      </c>
+      <c r="P52" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>303</v>
+      </c>
+      <c r="B53" t="s">
+        <v>304</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>305</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>246</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2012</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>99</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>306</v>
+      </c>
+      <c r="M53" t="s">
+        <v>248</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>307</v>
+      </c>
+      <c r="P53" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>309</v>
+      </c>
+      <c r="B54" t="s">
+        <v>310</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>311</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>246</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2014</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>99</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>312</v>
+      </c>
+      <c r="M54" t="s">
+        <v>248</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>313</v>
+      </c>
+      <c r="P54" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>315</v>
+      </c>
+      <c r="B55" t="s">
+        <v>316</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>169</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>246</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>1998</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>99</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>317</v>
+      </c>
+      <c r="M55" t="s">
+        <v>248</v>
+      </c>
+      <c r="N55" t="s">
+        <v>318</v>
+      </c>
+      <c r="O55" t="s">
+        <v>319</v>
+      </c>
+      <c r="P55" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>321</v>
+      </c>
+      <c r="B56" t="s">
+        <v>322</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>323</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>246</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2018</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>99</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>324</v>
+      </c>
+      <c r="M56" t="s">
+        <v>248</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>325</v>
+      </c>
+      <c r="P56" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>327</v>
+      </c>
+      <c r="B57" t="s">
+        <v>328</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>323</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>246</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2018</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>99</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>329</v>
+      </c>
+      <c r="M57" t="s">
+        <v>248</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>330</v>
+      </c>
+      <c r="P57" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>332</v>
+      </c>
+      <c r="B58" t="s">
+        <v>333</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>334</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>246</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2012</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>99</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>335</v>
+      </c>
+      <c r="M58" t="s">
+        <v>248</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>336</v>
+      </c>
+      <c r="P58" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>338</v>
+      </c>
+      <c r="B59" t="s">
+        <v>339</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>340</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>246</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2014</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>33</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>341</v>
+      </c>
+      <c r="M59" t="s">
+        <v>248</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>342</v>
+      </c>
+      <c r="P59" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>344</v>
+      </c>
+      <c r="B60" t="s">
+        <v>345</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>346</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>246</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2015</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>99</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>347</v>
+      </c>
+      <c r="M60" t="s">
+        <v>248</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>348</v>
+      </c>
+      <c r="P60" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>350</v>
+      </c>
+      <c r="B61" t="s">
+        <v>351</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>352</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>246</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2012</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>99</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>353</v>
+      </c>
+      <c r="M61" t="s">
+        <v>248</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>354</v>
+      </c>
+      <c r="P61" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>356</v>
+      </c>
+      <c r="B62" t="s">
+        <v>357</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>358</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>246</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2004</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>99</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>359</v>
+      </c>
+      <c r="M62" t="s">
+        <v>248</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>360</v>
+      </c>
+      <c r="P62" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>362</v>
+      </c>
+      <c r="B63" t="s">
+        <v>363</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>364</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>246</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2014</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>99</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>365</v>
+      </c>
+      <c r="M63" t="s">
+        <v>248</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>366</v>
+      </c>
+      <c r="P63" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>368</v>
+      </c>
+      <c r="B64" t="s">
+        <v>369</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>370</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G64" t="s">
+        <v>371</v>
+      </c>
+      <c r="H64">
+        <v>2021</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>372</v>
+      </c>
+      <c r="M64" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...14 lines deleted...]
-      <c r="G3">
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>373</v>
+      </c>
+      <c r="P64" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>375</v>
+      </c>
+      <c r="B65" t="s">
+        <v>376</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>377</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>131</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2013</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>33</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>378</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>379</v>
+      </c>
+      <c r="P65" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>381</v>
+      </c>
+      <c r="B66" t="s">
+        <v>382</v>
+      </c>
+      <c r="C66" t="s">
+        <v>18</v>
+      </c>
+      <c r="D66" t="s">
+        <v>124</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>131</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
         <v>2014</v>
       </c>
-      <c r="H3">
-[...61 lines deleted...]
-      <c r="N4" t="s">
+      <c r="I66"/>
+      <c r="J66" t="s">
         <v>33</v>
       </c>
-    </row>
-[...945 lines deleted...]
-      <c r="C27" t="s">
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>378</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>383</v>
+      </c>
+      <c r="P66" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>385</v>
+      </c>
+      <c r="B67" t="s">
+        <v>386</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>387</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
         <v>131</v>
       </c>
-      <c r="D27" t="s">
-[...1641 lines deleted...]
-        <v>2003</v>
+      <c r="G67" t="s">
+        <v>22</v>
       </c>
       <c r="H67">
         <v>2012</v>
       </c>
-      <c r="I67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I67"/>
       <c r="J67" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K67" t="s">
-        <v>252</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L67"/>
       <c r="M67" t="s">
-        <v>24</v>
+        <v>378</v>
       </c>
       <c r="N67" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>388</v>
+      </c>
+      <c r="P67" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>254</v>
+        <v>390</v>
       </c>
       <c r="B68" t="s">
-        <v>15</v>
+        <v>391</v>
       </c>
       <c r="C68" t="s">
-        <v>255</v>
+        <v>18</v>
       </c>
       <c r="D68" t="s">
-        <v>17</v>
+        <v>392</v>
       </c>
       <c r="E68" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>131</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
       </c>
       <c r="H68">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I68"/>
       <c r="J68" t="s">
-        <v>256</v>
+        <v>23</v>
       </c>
       <c r="K68" t="s">
-        <v>257</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L68"/>
       <c r="M68" t="s">
-        <v>258</v>
+        <v>378</v>
       </c>
       <c r="N68" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>393</v>
+      </c>
+      <c r="P68" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>260</v>
+        <v>395</v>
       </c>
       <c r="B69" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="C69" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" t="s">
+        <v>231</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
         <v>131</v>
       </c>
-      <c r="D69" t="s">
-[...9 lines deleted...]
-        <v>2002</v>
+      <c r="G69" t="s">
+        <v>22</v>
       </c>
       <c r="H69">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I69"/>
       <c r="J69" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K69" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L69"/>
       <c r="M69" t="s">
-        <v>24</v>
+        <v>378</v>
       </c>
       <c r="N69" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>397</v>
+      </c>
+      <c r="P69" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>263</v>
+        <v>399</v>
       </c>
       <c r="B70" t="s">
-        <v>15</v>
+        <v>400</v>
       </c>
       <c r="C70" t="s">
-        <v>264</v>
+        <v>18</v>
       </c>
       <c r="D70" t="s">
-        <v>17</v>
+        <v>140</v>
       </c>
       <c r="E70" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="G70">
+        <v>131</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
         <v>2013</v>
       </c>
-      <c r="H70"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I70"/>
       <c r="J70" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K70" t="s">
-        <v>266</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L70"/>
       <c r="M70" t="s">
-        <v>24</v>
+        <v>378</v>
       </c>
       <c r="N70" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>401</v>
+      </c>
+      <c r="P70" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>268</v>
+        <v>403</v>
       </c>
       <c r="B71" t="s">
-        <v>15</v>
+        <v>404</v>
       </c>
       <c r="C71" t="s">
-        <v>269</v>
+        <v>18</v>
       </c>
       <c r="D71" t="s">
-        <v>17</v>
+        <v>178</v>
       </c>
       <c r="E71" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>52</v>
-[...7 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2013</v>
+      </c>
+      <c r="I71"/>
       <c r="J71" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K71" t="s">
-        <v>270</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L71"/>
       <c r="M71" t="s">
-        <v>24</v>
+        <v>378</v>
       </c>
       <c r="N71" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>405</v>
+      </c>
+      <c r="P71" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>272</v>
+        <v>407</v>
       </c>
       <c r="B72" t="s">
-        <v>15</v>
+        <v>408</v>
       </c>
       <c r="C72" t="s">
-        <v>273</v>
+        <v>18</v>
       </c>
       <c r="D72" t="s">
-        <v>17</v>
+        <v>409</v>
       </c>
       <c r="E72" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="G72" t="s">
+        <v>410</v>
+      </c>
+      <c r="H72">
+        <v>2014</v>
+      </c>
+      <c r="I72"/>
       <c r="J72" t="s">
-        <v>21</v>
+        <v>411</v>
       </c>
       <c r="K72" t="s">
-        <v>274</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L72"/>
       <c r="M72" t="s">
-        <v>24</v>
+        <v>378</v>
       </c>
       <c r="N72" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>412</v>
+      </c>
+      <c r="P72" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>276</v>
+        <v>414</v>
       </c>
       <c r="B73" t="s">
-        <v>15</v>
+        <v>415</v>
       </c>
       <c r="C73" t="s">
-        <v>277</v>
+        <v>18</v>
       </c>
       <c r="D73" t="s">
-        <v>17</v>
+        <v>203</v>
       </c>
       <c r="E73" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="G73">
+        <v>131</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
         <v>2014</v>
       </c>
-      <c r="H73"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I73"/>
       <c r="J73" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K73" t="s">
-        <v>278</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L73"/>
       <c r="M73" t="s">
-        <v>24</v>
+        <v>378</v>
       </c>
       <c r="N73" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>416</v>
+      </c>
+      <c r="P73" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>280</v>
+        <v>418</v>
       </c>
       <c r="B74" t="s">
-        <v>15</v>
+        <v>419</v>
       </c>
       <c r="C74" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D74" t="s">
-        <v>17</v>
+        <v>420</v>
       </c>
       <c r="E74" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>131</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
       </c>
       <c r="H74">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I74"/>
       <c r="J74" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K74" t="s">
-        <v>281</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L74"/>
       <c r="M74" t="s">
-        <v>24</v>
+        <v>378</v>
       </c>
       <c r="N74" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>421</v>
+      </c>
+      <c r="P74" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>283</v>
+        <v>423</v>
       </c>
       <c r="B75" t="s">
-        <v>15</v>
+        <v>424</v>
       </c>
       <c r="C75" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D75" t="s">
-        <v>17</v>
+        <v>193</v>
       </c>
       <c r="E75" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2016</v>
+      </c>
+      <c r="I75"/>
       <c r="J75" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K75" t="s">
-        <v>284</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L75"/>
       <c r="M75" t="s">
-        <v>24</v>
+        <v>378</v>
       </c>
       <c r="N75" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>425</v>
+      </c>
+      <c r="P75" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>286</v>
+        <v>427</v>
       </c>
       <c r="B76" t="s">
-        <v>15</v>
+        <v>428</v>
       </c>
       <c r="C76" t="s">
-        <v>166</v>
+        <v>18</v>
       </c>
       <c r="D76" t="s">
-        <v>17</v>
+        <v>429</v>
       </c>
       <c r="E76" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>52</v>
-[...7 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2016</v>
+      </c>
+      <c r="I76"/>
       <c r="J76" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K76" t="s">
-        <v>287</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L76"/>
       <c r="M76" t="s">
-        <v>288</v>
+        <v>378</v>
       </c>
       <c r="N76" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>430</v>
+      </c>
+      <c r="P76" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>290</v>
+        <v>432</v>
       </c>
       <c r="B77" t="s">
-        <v>15</v>
+        <v>433</v>
       </c>
       <c r="C77" t="s">
-        <v>251</v>
+        <v>18</v>
       </c>
       <c r="D77" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E77" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>52</v>
-[...7 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2007</v>
+      </c>
+      <c r="I77"/>
       <c r="J77" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K77" t="s">
-        <v>291</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L77"/>
       <c r="M77" t="s">
-        <v>24</v>
+        <v>378</v>
       </c>
       <c r="N77" t="s">
-        <v>292</v>
-[...1511 lines deleted...]
-        <v>402</v>
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>434</v>
+      </c>
+      <c r="P77" t="s">
+        <v>435</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>