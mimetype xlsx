--- v1 (2026-01-26)
+++ v2 (2026-03-22)
@@ -12,1432 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="436">
-[...1380 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1739,3691 +358,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P77"/>
+  <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
-[...14 lines deleted...]
-    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="9.10" bestFit="true" style="0"/>
   </cols>
-  <sheetData>
-[...3614 lines deleted...]
-  </sheetData>
+  <sheetData/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>