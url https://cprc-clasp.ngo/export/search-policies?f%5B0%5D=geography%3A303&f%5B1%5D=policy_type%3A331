--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -12,404 +12,565 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Single Capped Fluorescent Lamp, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-capped fluorescent lamps intended for use in an external circuit and applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-single-capped-fluorescent-lamp-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048432</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines the minimum energy efficiency requirements of clothes washing machines for household and similar purposes with a rated voltage not exceeding 250 V for single-phase AC supply, with or without heating devices, and for cold and/or hot water supply, and having standard washing capacity not exceeding 30 kg.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
+    <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7393</t>
+  </si>
+  <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
+    <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
+  </si>
+  <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>TIS 2310-2556 (2013) self-ballasted lamps for general lighting services: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency requirements of self­ ballasted lamps for general lighting services with a rated voltage of 220 V to 240 V 50 Hz, in accordance with the scope of TIS 2233. This standard specifies requirements for lamps intended for use indoor and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2310-2556-2013-self-ballasted-lamps-general-lighting-services-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/188/9.PDF</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
     <t>TIS 2337-2557 (2014) Ballasts for tubular fluorescent lamps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types, that are used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2337-2557-2014-ballasts-tubular-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2337-2557.pdf</t>
+  </si>
+  <si>
     <t>TIS 2432-2555 (2012) Plugs and socket-outlets for household and similar purposes: cord extension sets</t>
   </si>
   <si>
+    <t>This standard applies to cord extension sets (rewirable and non-rewirable) with a rated voltage greater than 50 V but not exceeding 440 V and a rated current not exceeding 16 A, intended for household and similar purposes, either indoors or outdoors. This standard does not apply to cord extension sets with means for reeling.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion, Power strips</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2432-2555-2012-plugs-and-socket-outlets-household-and-similar-purposes-cord-extension</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS-2432-2555m_Auto1849.pdf</t>
+  </si>
+  <si>
     <t>TIS 2545-2555 (2012) Electric rice-cookers : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies heat efficiency requirements for household electric rice cookers. Covers only single-phase electric rice cookers with a rated frequency of 50 Hz, a rated voltage not exceeding 250 volts, a rated power supply not exceeding 2 kW, and a rated capacity not exceeding 5 Litres. This policy prescribes the general requirements, mark, sampling, and criteria for conformity and testing.</t>
+  </si>
+  <si>
     <t>Kitchen, Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2545-2555-2012-electric-rice-cookers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/006/16.PDF</t>
+  </si>
+  <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
+  </si>
+  <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
+  </si>
+  <si>
     <t>TIS 2674-2559 (2016) Electric ovens: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric ovens intended for household and similar purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2674-2559-2016-electric-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_371.PDF</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
+  </si>
+  <si>
     <t>TIS 3623-2566 Air-to-water heat pump water heaters: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This draft policy determines the size, required characteristics, marks and labels, sampling, judging criteria, and testing requirements of air-to-water heat pump water heaters. This policy covers water heaters and air-to-water heat pump systems with a net hot water heating capacity of no more than 36 kW. Note: This industrial product standard only includes water heaters and excludes circulation systems and hot water storage tanks.</t>
+  </si>
+  <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-3623-2566-air-water-heat-pump-water-heaters-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7490</t>
+  </si>
+  <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -673,1163 +834,1322 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="142" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="761.957" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...18 lines deleted...]
-      <c r="I3" t="s">
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>37</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>1997</v>
+      </c>
+      <c r="I4">
+        <v>2022</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>40</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2023</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>39</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7">
+        <v>2004</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>40</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E8" t="s">
+        <v>37</v>
+      </c>
+      <c r="F8" t="s">
+        <v>64</v>
+      </c>
+      <c r="G8" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8">
+        <v>2021</v>
+      </c>
+      <c r="J8" t="s">
+        <v>58</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>40</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>38</v>
+      </c>
+      <c r="H9">
+        <v>1978</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>39</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>40</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...3 lines deleted...]
-      <c r="L3" t="s">
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...38 lines deleted...]
-      <c r="M4" t="s">
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>40</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...25 lines deleted...]
-      <c r="H5">
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>40</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>80</v>
+      </c>
+      <c r="P11" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>84</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>38</v>
+      </c>
+      <c r="H12">
+        <v>2007</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>40</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>85</v>
+      </c>
+      <c r="P12" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" t="s">
+        <v>88</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>79</v>
+      </c>
+      <c r="E13" t="s">
+        <v>37</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2017</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>40</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>93</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>40</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>94</v>
+      </c>
+      <c r="P14" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>96</v>
+      </c>
+      <c r="B15" t="s">
+        <v>97</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2013</v>
       </c>
-      <c r="I5" t="s">
-[...9 lines deleted...]
-      <c r="M5" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>39</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>40</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>99</v>
+      </c>
+      <c r="P15" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B16" t="s">
+        <v>102</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>103</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>40</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>104</v>
+      </c>
+      <c r="P16" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B17" t="s">
+        <v>107</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>108</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>40</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>109</v>
+      </c>
+      <c r="P17" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>111</v>
+      </c>
+      <c r="B18" t="s">
+        <v>112</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>40</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>114</v>
+      </c>
+      <c r="P18" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>116</v>
+      </c>
+      <c r="B19" t="s">
+        <v>117</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>118</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>58</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>40</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>119</v>
+      </c>
+      <c r="P19" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>121</v>
+      </c>
+      <c r="B20" t="s">
+        <v>122</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>123</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
         <v>38</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" t="s">
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20">
+        <v>2024</v>
+      </c>
+      <c r="J20" t="s">
+        <v>58</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>40</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>124</v>
+      </c>
+      <c r="P20" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>126</v>
+      </c>
+      <c r="B21" t="s">
+        <v>127</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>128</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2014</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>40</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>129</v>
+      </c>
+      <c r="P21" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>131</v>
+      </c>
+      <c r="B22" t="s">
+        <v>132</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>133</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>40</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>134</v>
+      </c>
+      <c r="P22" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>136</v>
+      </c>
+      <c r="B23" t="s">
+        <v>137</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>138</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>40</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>139</v>
+      </c>
+      <c r="P23" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>141</v>
+      </c>
+      <c r="B24" t="s">
+        <v>142</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>143</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>40</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>144</v>
+      </c>
+      <c r="P24" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>146</v>
+      </c>
+      <c r="B25" t="s">
+        <v>147</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>148</v>
+      </c>
+      <c r="E25" t="s">
+        <v>149</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>150</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25" t="s">
         <v>39</v>
       </c>
-      <c r="B6" t="s">
-[...25 lines deleted...]
-      <c r="L6" t="s">
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>51</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>151</v>
+      </c>
+      <c r="P25" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>153</v>
+      </c>
+      <c r="B26" t="s">
+        <v>154</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>155</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2007</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
         <v>40</v>
       </c>
-      <c r="M6" t="s">
-[...809 lines deleted...]
-      </c>
       <c r="N26" t="s">
-        <v>104</v>
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>156</v>
+      </c>
+      <c r="P26" t="s">
+        <v>157</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>