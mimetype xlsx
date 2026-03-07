--- v1 (2025-11-28)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -185,51 +185,51 @@
   <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
     <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=7393</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>New</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
@@ -370,50 +370,53 @@
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>Irons</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
@@ -848,51 +851,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="761.957" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1724,396 +1727,396 @@
       </c>
       <c r="P18" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>116</v>
       </c>
       <c r="B19" t="s">
         <v>117</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
         <v>118</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>119</v>
       </c>
       <c r="H19">
         <v>2014</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>58</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>40</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B20" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>38</v>
       </c>
       <c r="H20">
         <v>2014</v>
       </c>
       <c r="I20">
         <v>2024</v>
       </c>
       <c r="J20" t="s">
         <v>58</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>40</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P20" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B21" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2014</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>40</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P21" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B22" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2016</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>40</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P22" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B23" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2016</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>40</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P23" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B24" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2016</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>23</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>40</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P24" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B25" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E25" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>39</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>51</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P25" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B26" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2007</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>40</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P26" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">