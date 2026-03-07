--- v0 (2025-10-15)
+++ v1 (2026-03-07)
@@ -12,431 +12,621 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Rice Cookers, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric rice cookers that automatically convert electricity into heat for cooking rice and maintaining a certain warming temperature range. It covers electric rice cookers with a wattage range from 400 to 800 watts.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-rice-cookers-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/47.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers self-ballasted lamps (with built-in ballast) which are pre-assembled by the manufacturer and applies to single-phase alternating current (AC) rated voltage of 220 volts, frequency of 50 hertz. The following self-ballasted lamps are not included: (1) lamps that provide a spectrum other than the visible; (2) color viewing lamps; (3) lamps used in industrial or agricultural; (4) medical lamps; and (5) lamps for specific use (not intended use as general)</t>
+  </si>
+  <si>
     <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://www.dede.go.th/</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-self-ballasted-lamps-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048415</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ballasts for fluorescent lamps which are used for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts, which applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz. The following fluorescent lamps are not included: (1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-ballasts-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048413</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Hot Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electronic Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electronic ballasts for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts which applies to one-phase alternating current rated voltage of 220 volts, frequency 50 hertz. The following fluorescent lamps are not included:(1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electronic-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048414</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Clothes Washers, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin hub, and front load) with a rated voltage not exceeding 250 V for a single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063742</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin tub, front load), with a rated voltage not exceeding 250 V for single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021-0</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
+  </si>
+  <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Water Heaters, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an electric water heater means an appliance that instantly raises the temperature of the water flowing through it without retaining water. Power size of the electric water heater (watts): 1. less than 4,000 watts, 2. 4,000 to 5,500 watts, and 3. more than 5,500 watts.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-water-heaters-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/43.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Refrigerators, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers refrigerators for household use that are insulated with heat and have an electric cooler with equipment and volume suitable for use in the residence.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-refrigerators-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/28.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Air Conditioners, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an air conditioner split type, which is designed to be separated into two working parts: a condensing unit and a fan-coil unit. Alternating current (AC) power at a frequency of 50 Hz for use to reduce the temperature and humidity of the air flowing through the fan coil unit. Size categories of an air conditioner (watts): 1. Not more than 8,000 watts and 2. More than 8,000 but not more than 12,000 watts.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-air-conditioners-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/25.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -700,1391 +890,1586 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N32"/>
+  <dimension ref="A1:P32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="154" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="76.553" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2018</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
       <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>33</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+      <c r="K4" t="s">
+        <v>33</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>32</v>
+      </c>
+      <c r="K5" t="s">
+        <v>33</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>44</v>
+      </c>
+      <c r="P5" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...22 lines deleted...]
-      <c r="G3">
+      <c r="K6" t="s">
+        <v>33</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>49</v>
+      </c>
+      <c r="P6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K7" t="s">
+        <v>33</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>54</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K8" t="s">
+        <v>33</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>59</v>
+      </c>
+      <c r="P8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>32</v>
+      </c>
+      <c r="K9" t="s">
+        <v>33</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>66</v>
+      </c>
+      <c r="B10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>68</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2009</v>
       </c>
-      <c r="H3"/>
-[...10 lines deleted...]
-      <c r="M3" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>32</v>
+      </c>
+      <c r="K10" t="s">
+        <v>33</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>69</v>
+      </c>
+      <c r="P10" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>32</v>
+      </c>
+      <c r="K11" t="s">
+        <v>33</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>73</v>
+      </c>
+      <c r="P11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>75</v>
+      </c>
+      <c r="B12" t="s">
+        <v>76</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>77</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>32</v>
+      </c>
+      <c r="K12" t="s">
+        <v>33</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>78</v>
+      </c>
+      <c r="P12" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>80</v>
+      </c>
+      <c r="B13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>82</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>32</v>
+      </c>
+      <c r="K13" t="s">
+        <v>33</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>83</v>
+      </c>
+      <c r="P13" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>85</v>
+      </c>
+      <c r="B14" t="s">
+        <v>86</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>87</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>32</v>
+      </c>
+      <c r="K14" t="s">
+        <v>33</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>88</v>
+      </c>
+      <c r="P14" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>90</v>
+      </c>
+      <c r="B15" t="s">
+        <v>91</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>92</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>32</v>
+      </c>
+      <c r="K15" t="s">
+        <v>33</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>93</v>
+      </c>
+      <c r="P15" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>95</v>
+      </c>
+      <c r="B16" t="s">
+        <v>96</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>97</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>32</v>
+      </c>
+      <c r="K16" t="s">
+        <v>33</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>98</v>
+      </c>
+      <c r="P16" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>100</v>
+      </c>
+      <c r="B17" t="s">
+        <v>101</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>102</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>32</v>
+      </c>
+      <c r="K17" t="s">
+        <v>33</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>103</v>
+      </c>
+      <c r="P17" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>105</v>
+      </c>
+      <c r="B18" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>107</v>
+      </c>
+      <c r="E18" t="s">
+        <v>108</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>32</v>
+      </c>
+      <c r="K18" t="s">
+        <v>33</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>109</v>
+      </c>
+      <c r="P18" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>105</v>
+      </c>
+      <c r="B19" t="s">
+        <v>111</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2021</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>32</v>
+      </c>
+      <c r="K19" t="s">
+        <v>33</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>112</v>
+      </c>
+      <c r="P19" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>113</v>
+      </c>
+      <c r="B20" t="s">
+        <v>114</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>115</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2021</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...22 lines deleted...]
-      <c r="G4">
+      <c r="K20" t="s">
+        <v>33</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>116</v>
+      </c>
+      <c r="P20" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>118</v>
+      </c>
+      <c r="B21" t="s">
+        <v>119</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>120</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2021</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>32</v>
+      </c>
+      <c r="K21" t="s">
+        <v>33</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>121</v>
+      </c>
+      <c r="P21" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>123</v>
+      </c>
+      <c r="B22" t="s">
+        <v>124</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>125</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>33</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>126</v>
+      </c>
+      <c r="P22" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>128</v>
+      </c>
+      <c r="B23" t="s">
+        <v>129</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>130</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2021</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>32</v>
+      </c>
+      <c r="K23" t="s">
+        <v>33</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>131</v>
+      </c>
+      <c r="P23" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>133</v>
+      </c>
+      <c r="B24" t="s">
+        <v>134</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>135</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>32</v>
+      </c>
+      <c r="K24" t="s">
+        <v>33</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>136</v>
+      </c>
+      <c r="P24" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>138</v>
+      </c>
+      <c r="B25" t="s">
+        <v>139</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>140</v>
+      </c>
+      <c r="E25" t="s">
+        <v>141</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>33</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>142</v>
+      </c>
+      <c r="P25" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>144</v>
+      </c>
+      <c r="B26" t="s">
+        <v>145</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>146</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2015</v>
       </c>
-      <c r="H4"/>
-[...10 lines deleted...]
-      <c r="M4" t="s">
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>32</v>
+      </c>
+      <c r="K26" t="s">
+        <v>33</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>25</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>147</v>
+      </c>
+      <c r="P26" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>149</v>
+      </c>
+      <c r="B27" t="s">
+        <v>150</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>151</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>32</v>
+      </c>
+      <c r="K27" t="s">
+        <v>33</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>25</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>152</v>
+      </c>
+      <c r="P27" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>154</v>
+      </c>
+      <c r="B28" t="s">
+        <v>155</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>102</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2015</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>32</v>
+      </c>
+      <c r="K28" t="s">
+        <v>33</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>25</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>156</v>
+      </c>
+      <c r="P28" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>158</v>
+      </c>
+      <c r="B29" t="s">
+        <v>159</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>160</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
+      <c r="K29" t="s">
+        <v>161</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>25</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>162</v>
+      </c>
+      <c r="P29" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>164</v>
+      </c>
+      <c r="B30" t="s">
+        <v>165</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>166</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2015</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
         <v>32</v>
       </c>
-    </row>
-[...99 lines deleted...]
-      <c r="G7">
+      <c r="K30" t="s">
+        <v>33</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>25</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>167</v>
+      </c>
+      <c r="P30" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>169</v>
+      </c>
+      <c r="B31" t="s">
+        <v>170</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>82</v>
+      </c>
+      <c r="E31" t="s">
+        <v>108</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2015</v>
       </c>
-      <c r="H7"/>
-[...36 lines deleted...]
-      <c r="G8">
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>32</v>
+      </c>
+      <c r="K31" t="s">
+        <v>33</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>25</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>171</v>
+      </c>
+      <c r="P31" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>173</v>
+      </c>
+      <c r="B32" t="s">
+        <v>174</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>82</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2015</v>
       </c>
-      <c r="H8"/>
-[...962 lines deleted...]
-      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="K32" t="s">
+        <v>33</v>
+      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N32" t="s">
-        <v>113</v>
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>175</v>
+      </c>
+      <c r="P32" t="s">
+        <v>176</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>