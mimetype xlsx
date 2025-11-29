--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -12,254 +12,303 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
   </si>
   <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -523,445 +572,496 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="130" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="130.825" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="583.857" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="89.55" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H7">
+        <v>2004</v>
+      </c>
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>53</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>55</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...236 lines deleted...]
-        <v>52</v>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>