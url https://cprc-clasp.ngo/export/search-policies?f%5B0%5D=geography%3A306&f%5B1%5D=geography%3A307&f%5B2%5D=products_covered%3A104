--- v0 (2025-10-10)
+++ v1 (2025-12-15)
@@ -12,241 +12,296 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7830:2021: Energy Efficiency Standard for Non-Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This standard established MEPS for stand-alone and split-type non-ducted air conditioners with:
+→ Hermetic compressors
+→ Air cooling or naturally cooling condensers
+→ Constant speed type or variable frequency types
+→ And a rated cooling capacity that deoes not exceed 12000w (41000 BTU/h)
+The policy will enter into force in 2025.
+This policy does not apply to the following products:
+→ Water cooling condenser type air conditioners
+→ Duct type air conditioners (VRV, VRF, multi air conditioner)
+→ Portable air conditioners
+→ Cassette air conditioners
+→ Stand-Floor air conditioners
+→ Air conditioners with three-phase power supply</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78302021-energy-efficiency-standard-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-tcvn-78302021-may-dieu-hoa-khong-khi-ong-gio-hieu-suat-nang-luong-253650-d3/uploaded/VIETLAWFILE/2023/5/TCVN_7830_2021_TCDLCL_290523085326.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
+  </si>
+  <si>
+    <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 9981:2020
 ,   
                     ISO 15042:2017</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-99812020-vrfvrv-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13256-2021-May-dieu-hoa-khong-khi-VRF-VRV-Hieu-suat-nang-luong-920245.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -510,401 +565,444 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="849.221" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="244.083" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2007</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K5" t="s">
         <v>24</v>
       </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>55</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...27 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
+        <v>55</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...155 lines deleted...]
-      </c>
       <c r="K7" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>22</v>
+        <v>60</v>
       </c>
       <c r="M7" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="N7" t="s">
-        <v>49</v>
+        <v>61</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>