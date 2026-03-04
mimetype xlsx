--- v0 (2025-11-07)
+++ v1 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -174,50 +174,53 @@
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
@@ -837,122 +840,122 @@
       </c>
       <c r="P5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>51</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>41</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
       <c r="I6">
         <v>2015</v>
       </c>
       <c r="J6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>25</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>47</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>41</v>
       </c>
       <c r="G7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H7">
         <v>2012</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>25</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">