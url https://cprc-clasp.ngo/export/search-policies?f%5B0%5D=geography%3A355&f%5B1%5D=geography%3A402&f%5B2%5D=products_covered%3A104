--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -715,51 +715,51 @@
       </c>
       <c r="P3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="H4">
         <v>2021</v>
       </c>
       <c r="I4">
         <v>2024</v>
       </c>
       <c r="J4" t="s">
         <v>43</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>44</v>
       </c>
       <c r="M4" t="s">
         <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
         <v>45</v>
       </c>