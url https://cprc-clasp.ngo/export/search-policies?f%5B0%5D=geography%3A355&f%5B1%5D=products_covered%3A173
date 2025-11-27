--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -12,173 +12,192 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
+  </si>
+  <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -442,233 +461,254 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="135" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="135.538" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="160.389" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2002</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2007</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>31</v>
+      </c>
+      <c r="M3" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...24 lines deleted...]
-      <c r="K3" t="s">
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="L3" t="s">
-[...6 lines deleted...]
-        <v>27</v>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>