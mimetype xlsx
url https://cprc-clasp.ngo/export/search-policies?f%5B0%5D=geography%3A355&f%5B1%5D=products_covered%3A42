--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,175 +12,188 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -444,193 +457,208 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="123" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="137" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="602.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="148.535" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2024</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>