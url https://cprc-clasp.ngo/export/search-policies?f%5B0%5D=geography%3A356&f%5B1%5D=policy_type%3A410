--- v0 (2025-10-12)
+++ v1 (2026-03-07)
@@ -12,176 +12,195 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
+  </si>
+  <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -445,193 +464,208 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="159" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="159.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="406.901" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="62.413" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2024</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>24</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>